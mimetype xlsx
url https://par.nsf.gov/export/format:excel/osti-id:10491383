--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10491383</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stad1439</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A 1.55 R⊕ habitable-zone planet hosted by TOI-715, an M4 star near the ecliptic South Pole</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dransfield, Georgina; Timmermans, Mathilde; Triaud, Amaury H; Dévora-Pajares, Martín; Aganze, Christian; Barkaoui, Khalid; Burgasser, Adam J; Collins, Karen A; Cointepas, Marion; Ducrot, Elsa; Günther, Maximilian N; Howell, Steve B; Murray, Catriona A; Niraula, Prajwal; Rackham, Benjamin V; Sebastian, Daniel; Stassun, Keivan G; Zúñiga-Fernández, Sebastián; Almenara, José Manuel; Bonfils, Xavier; Bouchy, François; Burke, Christopher J; Charbonneau, David; Christiansen, Jessie L; Delrez, Laetitia; Gan, Tianjun; García, Lionel J; Gillon, Michaël; Gómez Maqueo Chew, Yilen; Hesse, Katharine M; Hooton, Matthew J; Isopi, Giovanni; Jehin, Emmanuël; Jenkins, Jon M; Latham, David W; Mallia, Franco; Murgas, Felipe; Pedersen, Peter P; Pozuelos, Francisco J; Queloz, Didier; Rodriguez, David R; Schanche, Nicole; Seager, Sara; Srdoc, Gregor; Stockdale, Chris; Twicken, Joseph D; Vanderspek, Roland; Wells, Robert; Winn, Joshua N; de Wit, Julien; Zapparata, Aldo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>527</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>35 to 52</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;A new generation of observatories is enabling detailed study of exoplanetary atmospheres and the diversity of alien climates, allowing us to seek evidence for extraterrestrial biological and geological processes. Now is therefore the time to identify the most unique planets to be characterized with these instruments. In this context, we report on the discovery and validation of TOI-715 b, a $R_{\rm b}=1.55\pm 0.06\rm R_{\oplus }$ planet orbiting its nearby (42 pc) M4 host (TOI-715/TIC 271971130) with a period $P_{\rm b} = 19.288004_{-0.000024}^{+0.000027}$ d. TOI-715 b was first identified by TESS and validated using ground-based photometry, high-resolution imaging and statistical validation. The planet’s orbital period combined with the stellar effective temperature $T_{\rm eff}=3075\pm 75~\rm K$ give this planet an installation $S_{\rm b} = 0.67_{-0.20}^{+0.15}~\rm S_\oplus$, placing it within the most conservative definitions of the habitable zone for rocky planets. TOI-715 b’s radius falls exactly between two measured locations of the M-dwarf radius valley; characterizing its mass and composition will help understand the true nature of the radius valley for low-mass stars. We demonstrate TOI-715 b is amenable for characterization using precise radial velocities and transmission spectroscopy. Additionally, we reveal a second candidate planet in the system, TIC 271971130.02, with a potential orbital period of $P_{02} = 25.60712_{-0.00036}^{+0.00031}$ d and a radius of $R_{02} = 1.066\pm 0.092\, \rm R_{\oplus }$, just inside the outer boundary of the habitable zone, and near a 4:3 orbital period commensurability. Should this second planet be confirmed, it would represent the smallest habitable zone planet discovered by TESS to date.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034337; 1945633</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>