--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10491507</t>
-[...8 lines deleted...]
-    <t>Sun, Shunqiao; Wen, Yining; Wu, Ryan; Ren, Dongyin; Li, Jun</t>
+    <t>10186780</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1093/mnras/staa921</t>
+  </si>
+  <si>
+    <t>Systematic versus statistical uncertainties in masses and magnifications of the Hubble Frontier Fields</t>
+  </si>
+  <si>
+    <t>Raney, Catie A; Keeton, Charles R; Brennan, Sean; Fan, Hsin</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-05-01T04:00:00Z</t>
-[...5 lines deleted...]
-    <t>978-1-6654-3669-4</t>
+    <t>2020-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Monthly Notices of the Royal Astronomical Society</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>4771 to 4793</t>
+  </si>
+  <si>
+    <t>0035-8711</t>
+  </si>
+  <si>
+    <t>ABSTRACT            The Hubble Frontier Fields data, along with multiple data sets obtained by other telescopes, have provided some of the most extensive constraints on cluster lenses to date. Multiple lens modelling teams analyzed the fields and made public a number of deliverables. By comparing these results, we can then undertake a unique and vital test of the state of cluster lens modelling. Specifically, we see how well the different teams can reproduce similar magnifications and mass profiles. We find that the circularly averaged mass profiles of the fields are remarkably constrained (scatter $\lt 5{{\ \rm per\ cent}}$) at distances of 1 arcmin from the cluster core, yet magnifications can vary significantly. Averaged across the six fields, we find a bias of −6 per  cent (−17 per cent) and a scatter of ∼40 per cent (∼65 per cent) at a modest magnification of 3 (10). Statistical errors reported by individual teams are often significantly smaller than the differences among all the teams, indicating the importance of continued systematics studies in cluster lensing.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2153386</t>
-[...11 lines deleted...]
-    <t>San Antonio, TX, USA</t>
+    <t>1909217</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -287,84 +293,88 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" s="0"/>
-[...1 lines deleted...]
-      <c r="J2" s="0"/>
+      <c r="H2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>32</v>
-[...5 lines deleted...]
-      <c r="N2" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
-[...6 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="W2" s="0"/>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>