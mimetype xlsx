--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10491550</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/1538-3873/acd662</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>YSE-PZ: A Transient Survey Management Platform that Empowers the Human-in-the-loop</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Coulter, D. A.; Jones, D. O.; McGill, P.; Foley, R. J.; Aleo, P. D.; Bustamante-Rosell, M. J.; Chatterjee, D.; Davis, K. W.; Dickinson, C.; Engel, A.; Gagliano, A.; Jacobson-Galán, W. V.; Kilpatrick, C. D.; Kutcka, J.; Le Saux, X. K.; Malanchev, K.; Pan, Y.-C.; Quiñonez, P. J.; Rojas-Bravo, C.; Siebert, M. R.; Taggart, K.; Tinyanont, S.; Wang, Q.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Publications of the Astronomical Society of the Pacific</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1048</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>064501</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6280</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The modern study of astrophysical transients has been transformed by an exponentially growing volume of data. Within the last decade, the transient discovery rate has increased by a factor of ∼20, with associated survey data, archival data, and metadata also increasing with the number of discoveries. To manage the data at this increased rate, we require new tools. Here we present&lt;monospace&gt;YSE-PZ&lt;/monospace&gt;, a transient survey management platform that ingests multiple live streams of transient discovery alerts, identifies the host galaxies of those transients, downloads coincident archival data, and retrieves photometry and spectra from ongoing surveys.&lt;monospace&gt;YSE-PZ&lt;/monospace&gt;also presents a user with a range of tools to make and support timely and informed transient follow-up decisions. Those subsequent observations enhance transient science and can reveal physics only accessible with rapid follow-up observations. Rather than automating out human interaction,&lt;monospace&gt;YSE-PZ&lt;/monospace&gt;focuses on accelerating and enhancing human decision making, a role we describe as empowering the human-in-the-loop. Finally,&lt;monospace&gt;YSE-PZ&lt;/monospace&gt;is built to be flexibly used and deployed;&lt;monospace&gt;YSE-PZ&lt;/monospace&gt;can support multiple, simultaneous, and independent transient collaborations through group-level data permissions, allowing a user to view the data associated with the union of all groups in which they are a member.&lt;monospace&gt;YSE-PZ&lt;/monospace&gt;can be used as a local instance installed via Docker or deployed as a service hosted in the cloud. We provide&lt;monospace&gt;YSE-PZ&lt;/monospace&gt;as an open-source tool for the community.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1911206; 1720756; 1815935</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Publications of the Astronomical Society of the Pacific</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>