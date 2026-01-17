--- v0 (2026-01-17)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10627384</t>
-[...8 lines deleted...]
-    <t>Alolaiyan, Olaiyan; De, Arpan; Anantram, M P</t>
+    <t>10491947</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/cryst14020145</t>
+  </si>
+  <si>
+    <t>Lattice Parameter Evolution during the β-to-α and β-to-ω Transformations of Iron- and Aluminum-Modified Ti-11Cr(at.%)</t>
+  </si>
+  <si>
+    <t>Ballor, JoAnn; Poplawsky, Jonathan D.; Devaraj, Arun; Misture, Scott; Boehlert, Carl J.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-07-14T04:00:00Z</t>
-[...5 lines deleted...]
-    <t>127</t>
+    <t>2024-02-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Crystals</t>
+  </si>
+  <si>
+    <t>14</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>0003-6951</t>
-[...2 lines deleted...]
-    <t>&lt;p&gt;The characteristics of the interface between DNA and metallic carbon nanotube (CNT) in supramolecular assemblies are important to understand for electronic and sensing applications. We study the mechanical stability and electronic properties of these interfaces with amino and ester linkers using computational experiments. Our study demonstrates that both linkers significantly enhance the mechanical stability of DNA–CNT systems, with the DNA adopting a stable and lower energy perpendicular orientation relative to the CNT as opposed to a conventional parallel arrangement. This lower energy configuration is driven by nonbonded interactions between the DNA base and the CNT surface. Our calculations also reveal that interface resistance is primarily governed by DNA–CNT interactions with negligible contribution from the linkers. In the case of the amino linker, we predict a 100-fold transmission ratio between parallel and perpendicular configurations of DNA relative to CNT. This observation can be used to build an electromechanical switch with fast switching times (30 ns). The ester linker, on the contrary, enables a better electronic coupling between the DNA and CNT even when strained.&lt;/p&gt;</t>
+    <t>145</t>
+  </si>
+  <si>
+    <t>2073-4352</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;β-titanium (β-Ti) alloys are useful in diverse industries because their mechanical properties can be tuned by transforming the metastable β phase into other metastable and stable phases. Relationships between lattice parameter and β-Ti alloy concentrations have been explored, but the lattice parameter evolution during β-phase transformations is not well understood. In this work, the β-Ti alloys, Ti-11Cr, Ti-11Cr-0.85Fe, Ti-11Cr-5.3Al, and Ti-11Cr-0.85Fe-5.3Al (all in at.%), underwent a 400 °C aging treatment for up to 12 h to induce the β-to-ω and β-to-α phase transformations. Phase identification and lattice parameters were measured in situ using high-temperature X-ray diffraction. Phase compositions were measured ex situ using atom probe tomography. During the phase transformations, Cr and Fe diffused from the ω and α phases into the β matrix, and the β-phase lattice parameter exhibited a corresponding decrease. The decrease in β-phase lattice parameter affected the α- and ω-phase lattice parameters. The α phase in the Fe-free alloys exhibited α-phase c/a ratios close to those of pure Ti. A larger β-phase composition change in Ti-11Cr resulted in larger ω-phase lattice parameter changes than in Ti-11Cr-0.85Fe. This work illuminates the complex relationship between diffusion, composition, and structure for these diffusive/displacive transformations.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2328217; 2229131</t>
-[...2 lines deleted...]
-    <t>2025</t>
+    <t>1607942</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>AIP</t>
+    <t>mdpi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -302,79 +305,81 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>