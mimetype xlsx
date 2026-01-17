--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -95,96 +95,96 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10492194</t>
   </si>
   <si>
     <t>https://doi.org/10.1016/S0360-1315(22)00206-8</t>
   </si>
   <si>
     <t>A mixed-method cluster analysis of physical computing and robotics integration in middle-grade math lesson plans</t>
   </si>
   <si>
-    <t>Zha, S.; Jin, Y.; Wheeler, R.; Bosarge, E.</t>
+    <t>Zha, Shenghua; Jin, Yi; Wheeler, Rebecca; Bosarge, Erin</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Computers &amp; Education</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>104635</t>
   </si>
   <si>
     <t>0360-1315</t>
   </si>
   <si>
     <t>This study analyzed 281 lesson plans collected from the producers’ websites of 12 educational
 physical computing and robotics (ePCR) devices. We extracted and coded five variables from each
 lesson. They were ePCR functionality, coding skills, computational thinking skills, math knowledge,
 and activity design. First, a two-step cluster analysis was administered to find how three
 ePCR-related knowledge: ePCR functionality, coding skills, and computational thinking skills,
 were integrated to teach students ePCR technology in middle-grade math lessons. Results showed
 three types of lesson plans, including lessons to use basic ePCR functionality to teach students
 lower-level CT skills, lessons to teach students basic to intermediate coding skills, and lessons to
 use the technology at the advanced level. Next, we applied the Technological Pedagogical Content
 Knowledge (TPACK) framework and conducted a second two-step cluster analysis to identify how
 the technology (ePCR technology), content (math knowledge), and pedagogy (activity design)
 were integrated into those lesson plans. Results suggested ten clusters of lesson plans with distinct
 features. We summarized those ten lesson clusters into five categories: 1) ePCR technology lessons,
 2) transdisciplinary problem-based learning lessons, 3) technology-assisted lessons, 4) lessons
 without real-world connections, and 5) lessons integrating middle-grade math learning into
 ePCR projects. Implications for educators and researchers were discussed at the end of the article.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1953544</t>
+    <t>1953544; 2121417</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>