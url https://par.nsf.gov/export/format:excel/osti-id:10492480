--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10492480</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4365/acb3c7</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Pan-STARRS1 z &gt; 5.6 Quasar Survey. II. Discovery of 55 Quasars at 5.6 &lt; z &lt; 6.5</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bañados, Eduardo; Schindler, Jan-Torge; Venemans, Bram P.; Connor, Thomas; Decarli, Roberto; Farina, Emanuele Paolo; Mazzucchelli, Chiara; Meyer, Romain A.; Stern, Daniel; Walter, Fabian; Fan, Xiaohui; Hennawi, Joseph F.; Khusanova, Yana; Morrell, Nidia; Nanni, Riccardo; Noirot, Gaël; Pensabene, Antonio; Rix, Hans-Walter; Simon, Joseph; Verdoes Kleijn, Gijs A.; Xie, Zhang-Liang; Yang, Da-Ming; Connor, Andrew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>265</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0067-0049</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The identification of bright quasars at&lt;italic&gt;z&lt;/italic&gt;≳ 6 enables detailed studies of supermassive black holes, massive galaxies, structure formation, and the state of the intergalactic medium within the first billion years after the Big Bang. We present the spectroscopic confirmation of 55 quasars at redshifts 5.6 &lt;&lt;italic&gt;z&lt;/italic&gt;&lt; 6.5 and UV magnitudes −24.5 &lt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;1450&lt;/sub&gt;&lt; −28.5 identified in the optical Pan-STARRS1 and near-IR VIKING surveys (48 and 7, respectively). Five of these quasars have independently been discovered in other studies. The quasar sample shows an extensive range of physical properties, including 17 objects with weak emission lines, 10 broad absorption line quasars, and 5 objects with strong radio emission (radio-loud quasars). There are also a few notable sources in the sample, including a blazar candidate at&lt;italic&gt;z&lt;/italic&gt;= 6.23, a likely gravitationally lensed quasar at&lt;italic&gt;z&lt;/italic&gt;= 6.41, and a&lt;italic&gt;z&lt;/italic&gt;= 5.84 quasar in the outskirts of the nearby (&lt;italic&gt;D&lt;/italic&gt;∼ 3 Mpc) spiral galaxy M81. The blazar candidate remains undetected in NOEMA observations of the [C&lt;sc&gt;ii]&lt;/sc&gt;and underlying emission, implying a star formation rate &lt;30–70&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;yr&lt;sup&gt;−1&lt;/sup&gt;. A significant fraction of the quasars presented here lies at the foundation of the first measurement of the&lt;italic&gt;z&lt;/italic&gt;∼ 6 quasar luminosity function from Pan-STARRS1 (introduced in a companion paper). These quasars will enable further studies of the high-redshift quasar population with current and future facilities.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908284</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>