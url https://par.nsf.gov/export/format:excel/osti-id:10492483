--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10492483</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202245674</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A comprehensive view of the interstellar medium in a quasar host galaxy at &lt;i&gt;z&lt;/i&gt;  ≈ 6.4</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Decarli, Roberto; Pensabene, Antonio; Diaz-Santos, Tanio; Ferkinhoff, Carl; Strauss, Michael A.; Venemans, Bram P.; Walter, Fabian; Bañados, Eduardo; Bertoldi, Frank; Fan, Xiaohui; Farina, Emanuele Paolo; Riechers, Dominik A.; Rix, Hans-Walter; Wang, Ran</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>673</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A157</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Characterizing the physical conditions (density, temperature, ionization state, metallicity, etc) of the interstellar medium is critical to improving our understanding of the formation and evolution of galaxies. In this work, we present a multi-line study of the interstellar medium in the host galaxy of a quasar at&lt;italic&gt;z&lt;/italic&gt; ≈ 6.4, that is, when the universe was 840 Myr old. This galaxy is one of the most active and massive objects emerging from the dark ages and therefore represents a benchmark for models of the early formation of massive galaxies. We used the Atacama Large Millimeter Array to target an ensemble of tracers of ionized, neutral, and molecular gas, namely the following fine-structure lines: [O &lt;sc&gt;III&lt;/sc&gt;] 88 μm, [N &lt;sc&gt;II&lt;/sc&gt;] 122 μm, [C &lt;sc&gt;II&lt;/sc&gt;] 158 μm, and [C &lt;sc&gt;I&lt;/sc&gt;] 370 μm – as well as the rotational transitions of CO(7–6), CO(15–14), CO(16–15), and CO(19–18); OH 163.1 μm and 163.4 μm; along with H&lt;sub&gt;2&lt;/sub&gt;O 3(0,3)–2(1,2), 3(3,1)–4(0,4), 3(3,1)–3(2,2), 4(0,4)–3(1,3), and 4(3,2)–4(2,3). All the targeted fine-structure lines were detected, along with half of the targeted molecular transitions. By combining the associated line luminosities with the constraints on the dust temperature from the underlying continuum emission and predictions from photoionization models of the interstellar medium, we find that the ionized phase accounts for about one-third of the total gaseous mass budget and is responsible for half of the total [C &lt;sc&gt;II&lt;/sc&gt;] emission. This phase is characterized by a high density (&lt;italic&gt;n&lt;/italic&gt; ∼ 180 cm&lt;sup&gt;−3&lt;/sup&gt;) that typical of HII regions. The spectral energy distribution of the photoionizing radiation is comparable to that emitted by B-type stars. Star formation also appears to be driving the excitation of the molecular medium. We find marginal evidence for outflow-related shocks in the dense molecular phase, but not in other gas phases. This study showcases the power of multi-line investigations in unveiling the properties of the star-forming medium in galaxies at cosmic dawn.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1908284</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>