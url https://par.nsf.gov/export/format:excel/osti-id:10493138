--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10493138</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fcomm.2023.1305137</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Uncertainty in humanities network visualization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Conroy, Melanie; Gillmann, Christina; Harvey, Francis; Mchedlidze, Tamara; Fabrikant, Sara Irina; Windhager, Florian; Scheuermann, Gerik; Tangherlini, Timothy R.; Warren, Christopher N.; Weingart, Scott B.; Rehbein, Malte; Börner, Katy; Elo, Kimmo; Jänicke, Stefan; Kerren, Andreas; Nöllenburg, Martin; Dwyer, Tim; Eide, Øyvind; Kobourov, Stephen; Betz, Gregor</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-12T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Communication</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2297-900X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Network visualization is one of the most widely used tools in digital humanities research. The idea of uncertain or “fuzzy” data is also a core notion in digital humanities research. Yet network visualizations in digital humanities do not always prominently represent uncertainty. In this article, we present a mathematical and logical model of uncertainty as a range of values which can be used in network visualizations. We review some of the principles for visualizing uncertainty of different kinds, visual variables that can be used for representing uncertainty, and how these variables have been used to represent different data types in visualizations drawn from a range of non-humanities fields like climate science and bioinformatics. We then provide examples of two diagrams: one in which the variables displaying degrees of uncertainty are integrated/pinto the graph and one in which glyphs are added to represent data certainty and uncertainty. Finally, we discuss how probabilistic data and what-if scenarios could be used to expand the representation of uncertainty in humanities network visualizations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2212130</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Frontiers in Communication</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>