--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10493139</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TVCG.2023.3337173</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Visual Exploratory Analysis for Designing Large-Scale Network-on-Chip Architectures: A Domain Expert-Led Design Study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Shaoyu; Yan, Hang; Isaacs, Katherine E.; Sun, Yifan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Visualization and Computer Graphics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1970 to 1983</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1077-2626</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Visualization design studies bring together visualization researchers and domain experts to address yet unsolved data analysis challenges stemming from the needs of the domain experts. Typically, the visualization researchers lead the design study process and implementation of any visualization solutions. This setup leverages the visualization researchers’ knowledge of methodology, design, and programming, but the availability to synchronize with the domain experts can hamper the design process. We consider an alternative setup where the domain experts take the lead in the design study, supported by the visualization experts. In this study, the domain experts are computer architecture experts who simulate and analyze novel computer chip designs. These chips rely on a Network-on-Chip (NOC) to connect components. The experts want to understand how the chip designs perform and what in the design led to their performance. To aid this analysis, we develop Vis4Mesh, a visualization system that provides spatial, temporal, and architectural context to simulated NOC behavior. Integration with an existing computer architecture visualization tool enables architects to perform deep-dives into specific architecture component behavior. We validate Vis4Mesh through a case study and a user study with computer architecture researchers. We reflect on our design and process, discussing advantages, disadvantages, and guidance for engaging in a domain expert-led design studies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2234401; 2246035</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>