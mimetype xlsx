--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10493252</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Comparison of an AI Professional Development Program's Impact on Science and non-Science Teacher AI Literacy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Moore, K. S.; Wilson, P.; Zhang, H.; Lee, I.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2024 NARST Annual International Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In the face of the rising prevalence of artificial intelligence (AI) in daily life, there is a need to integrate lessons on AI literacy into K12 settings to equitably engage young adolescents in critical and ethical thinking about AI technologies. This exploratory study reports findings from a teacher professional development project designed to advance teacher AI literacy in preparation for teaching an AI curriculum in their inclusive middle school classrooms. Analysis compares the learning experiences of 30 participating teachers (including Computer Science, Science, Math, English, and Social Studies teachers). Results suggest Science teachers’ understanding of AI concepts, particularly logic structures, is on average higher than their non-Science teacher counterparts. Teacher interviews reveal several thematic differences in Science teachers’ learning from the AI PD as compared to their counterparts, namely learning from reflective discourse with diverse groups. Findings offer insights on the depth and quality of Science teacher AI literacy after participating in an AI teacher PD, with implications for future research in the integration of AI education into Science teachers’ inclusive K12 classrooms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2048746</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>2024 NARST Annual International Conference</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Denver, Colorado</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>