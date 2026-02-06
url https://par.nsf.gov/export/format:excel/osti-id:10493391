--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10493391</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-031-49272-3_18</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Balancing between the Local and Global Structures (LGS) in Graph Embedding</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Miller, Jacob; Huroyan, Vahan; Kobourov, Stephen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-18T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>31st International Symposium on Graph Drawing and Network Visualization (GD)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present a method for balancing between the Local and Global Structures ( L G S ) in graph embedding, via a tunable parame- ter. Some embedding methods aim to capture global structures, while others attempt to preserve local neighborhoods. Few methods attempt to do both, and it is not always possible to capture well both local and global information in two dimensions, which is where most graph drawing live. The choice of using a local or a global embedding for visualization depends not only on the task but also on the structure of the underly-ing data, which may not be known in advance. For a given graph, L G S aims to find a good balance between the local and global structure to preserve. We evaluate the performance of L G S with synthetic and real- world datasets and our results indicate that it is competitive with the state-of-the-art methods, using established quality metrics such as stress and neighborhood preservation. We introduce a novel quality metric, cluster distance preservation, to assess intermediate structure capture. All source-code, datasets, experiments and analysis are available online.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2212130</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>