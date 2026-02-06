--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10493396</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-981-97-0566-5_5</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Simultaneous Drawing of Layered Trees</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Katheder, Julia; Kuckuk, Axel; Kobourov, Stephen; Pfister, Maximilian; Zink, Johannes</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>18th International Conference and Workshop on Algorithms and Computation (WALCOM)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We study the crossing-minimization problem in a layered graph drawing of planar-embedded rooted trees whose leaves have a given total order on the first layer, which adheres to the embedding of each individual tree. The task is then to permute the vertices on the other layers (respecting the given tree embeddings) in order to minimize the number of crossings. While this problem is known to be NP-hard for multiple trees even on just two layers, we describe a dynamic program running in polynomial time for the restricted case of two trees. If there are more than two trees, we restrict the number of layers to three, which allows for a reduction to a shortest-path problem. This way, we achieve XP-time in the number of trees.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2212130</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>