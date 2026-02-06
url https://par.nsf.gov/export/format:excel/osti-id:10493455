--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10493455</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3606029</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pointers in Far Memory: A rethink of how data and computations should be organized</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Miller, Ethan; Benetopoulos, Achilles; Neville-Neil, George; Mehra, Pankaj; Bittman, Daniel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM queue</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>75 to 93</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1542-7730</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Effectively exploiting emerging far-memory technology requires consideration of operating on richly connected data outside the context of the parent process. Operating-system technology in development offers help by exposing abstractions such as memory objects and globally invariant pointers that can be traversed by devices and newly instantiated compute. Such ideas will allow applications running on future heterogeneous distributed systems with disaggregated memory nodes to exploit near-memory processing for higher performance and to independently scale their memory and compute resources for lower cost.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1841545</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>