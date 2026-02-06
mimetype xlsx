--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10493600</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/sciadv.adj7250</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Climate-invariant machine learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Beucler, Tom; Gentine, Pierre; Yuval, Janni; Gupta, Ankitesh; Peng, Liran; Lin, Jerry; Yu, Sungduk; Rasp, Stephan; Ahmed, Fiaz; O’Gorman, Paul A.; Neelin, J. David; Lutsko, Nicholas J.; Pritchard, Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>eadj7250</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2375-2548</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Projecting climate change is a generalization problem: We extrapolate the recent past using physical models across past, present, and future climates. Current climate models require representations of processes that occur at scales smaller than model grid size, which have been the main source of model projection uncertainty. Recent machine learning (ML) algorithms hold promise to improve such process representations but tend to extrapolate poorly to climate regimes that they were not trained on. To get the best of the physical and statistical worlds, we propose a framework, termed “climate-invariant” ML, incorporating knowledge of climate processes into ML algorithms, and show that it can maintain high offline accuracy across a wide range of climate conditions and configurations in three distinct atmospheric models. Our results suggest that explicitly incorporating physical knowledge into data-driven models of Earth system processes can improve their consistency, data efficiency, and generalizability across climate regimes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1936810</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Association for the Advancement of Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>