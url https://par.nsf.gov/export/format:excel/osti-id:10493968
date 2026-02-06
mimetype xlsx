--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10493968</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>JupyterLab in Retrograde: Contextual Notifications That Highlight Fairness and Bias Issues for Data Scientists</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Harrison, Galen; Bryson, Kevin; Bamba, Ahmad Emmanuel; Dovichi, Luca; Binion, Aleksander Herrmann; Borem, Arthur; Ur, Blase</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Current algorithmic fairness tools focus on auditing completed models, neglecting the potential downstream impacts of iterative decisions about cleaning data and training machine learning models. In response, we developed Retrograde, a JupyterLab environment extension for Python that generates real-time, contextual notifications for data scientists about decisions they are making regarding protected classes, proxy variables, missing data, and demographic differences in model performance. Our novel framework uses automated code analysis to trace data provenance in JupyterLab, enabling these notifications. In a between-subjects online experiment, 51 data scientists constructed loan-decision models with Retrograde providing notifications continuously throughout the process, only at the end, or never. Retrograde’s notifications successfully nudged participants to account for missing data, avoid using protected classes as predictors, minimize demographic differences in model performance, and exhibit healthy skepticism about their models.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2047827; 1939728</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>