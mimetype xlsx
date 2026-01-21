--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10494172</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/syen.12613</t>
   </si>
   <si>
     <t>Phylogenomics improves the phylogenetic resolution and provides strong evidence of mito‐nuclear discordance in two genera of a &lt;scp&gt;New Zealand&lt;/scp&gt; cicada ( &lt;scp&gt;Hemiptera: Cicadidae&lt;/scp&gt; ) species radiation</t>
   </si>
   <si>
-    <t>Stukel, Mark [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA] (ORCID:0000000247747991); Porczak, Alexandra E. [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA, Department of Physiology and Neurobiology University of Connecticut  Storrs Connecticut USA]; Gordon, Eric R. L. [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA]; Vailionis, Jason [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA, Department of Biological Sciences University of Rhode Island  Kingston Rhode Island USA]; Haji, Diler [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA, Department of Integrative Biology University of California, Berkeley  Berkeley California USA]; Buckley, Thomas R. [Manaaki Whenua–Landcare Research  Auckland New Zealand] (ORCID:0000000230764234); Lemmon, Alan R. [Department of Scientific Computing Florida State University  Tallahassee Florida USA]; Lemmon, Emily Moriarty [Department of Biological Science Florida State University  Tallahassee Florida USA]; Simon, Chris [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA]</t>
+    <t>Stukel, Mark [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA] (ORCID:0000000247747991); Porczak, Alexandra_E [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA, Department of Physiology and Neurobiology University of Connecticut  Storrs Connecticut USA]; Gordon, Eric_R_L [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA]; Vailionis, Jason [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA, Department of Biological Sciences University of Rhode Island  Kingston Rhode Island USA]; Haji, Diler [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA, Department of Integrative Biology University of California, Berkeley  Berkeley California USA]; Buckley, Thomas_R [Manaaki Whenua–Landcare Research  Auckland New Zealand] (ORCID:0000000230764234); Lemmon, Alan_R [Department of Scientific Computing Florida State University  Tallahassee Florida USA]; Lemmon, Emily_Moriarty [Department of Biological Science Florida State University  Tallahassee Florida USA]; Simon, Chris [Department of Ecology and Evolutionary Biology University of Connecticut  Storrs Connecticut USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-11-09T05:00:00Z</t>
   </si>
   <si>
     <t>Systematic Entomology</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0307-6970</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Rapid species radiations present difficulties for phylogenetic reconstruction due to lack of phylogenetic information and processes such as deep coalescence/incomplete lineage sorting and hybridization. Phylogenomic data can overcome some of these difficulties. In this study, we use anchored hybrid enrichment (AHE) nuclear phylogenomic data and mitochondrial genomes recovered from AHE bycatch with several concatenated and coalescent approaches to reconstruct the poorly resolved radiation of the New Zealand cicada species in the genera&lt;italic&gt;Kikihia&lt;/italic&gt;Dugdale and&lt;italic&gt;Maoricicada&lt;/italic&gt;Dugdale. Compared with previous studies using only three to five Sanger‐sequenced genes, we find increased resolution across our phylogenies, but several branches remain unresolved due to topological conflict among genes. Some nodes that are strongly supported by traditional support measures like bootstraps and posterior probabilities still show significant gene and site concordance conflict. In addition, we find strong mito‐nuclear discordance; likely the result of interspecific hybridization events in the evolutionary history of&lt;italic&gt;Kikihia&lt;/italic&gt;and&lt;italic&gt;Maoricicada&lt;/italic&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>