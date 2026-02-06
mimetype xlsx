--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10494294</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3469595.3469604</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Voice Design to Support Young Children’s Agency in Child-Agent Interaction</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hubbard, Layne; Ding, Shanli; Le, Vananh; Kim, Pilyoung; Yeh, Tom</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-07-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Association for Computing Machinery</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 10</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9781450389983</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Agency is essential to play. As we design conversational agents for early childhood, how might we increase the child-centeredness of our approaches? Giving children agency and control in choosing their agent representations might contribute to the overall playfulness of our designs. In this study with 33 children ages 4–5 years old, we engaged children in a creative storytelling interaction with conversational agents in stuffed animal embodiments. Young children conversed with the stuffed animal agents to tell stories about their creative play, engaging in question and answer conversation from 2 minutes to 24 minutes. We then interviewed the children about their perceptions of the agent’s voice, and their ideas for agent voices, dialogues, and interactions. From babies to robot daddies, we discover three themes from children’s suggestions: Family Voices, Robot Voices, and Character Voices. Additionally, children desire agents who (1) scaffold creative play in addition to storytelling, (2) foster personal, social, and emotional connections, and (3) support children’s agency and control. Across these themes, we recommend design strategies to support the overall playful child-centeredness of conversational agent design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2019805</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Bilbao (online) Spain</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>