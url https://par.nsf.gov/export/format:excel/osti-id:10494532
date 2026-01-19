--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -134,51 +134,51 @@
   <si>
     <t>2</t>
   </si>
   <si>
     <t>8755-2930</t>
   </si>
   <si>
     <t>&lt;p&gt;Significant and widespread liquefaction occurred in İskenderun during the 2023 moment magnitude (M&lt;sub&gt;w&lt;/sub&gt;) 7.8 Kahramanmaraş earthquake. Liquefaction effects on buildings were observed in several areas of İskenderun, predominantly in areas of reclaimed land and near historic shorelines. Liquefaction-induced building settlements were particularly concentrated in the Çay District, which is almost entirely reclaimed land. Liquefaction-induced ground and building settlements were either marginal or not apparent in areas away from the historical shorelines. Building settlement and ground deformation were documented at 26 buildings in İskenderun through lidar scans and laser-level hand measurements. Liquefaction-induced building settlements ranged from 0 to 740 mm. Building-ground interactions were evident from hogging ground deformations, including cases where buildings deformed nearby ground and damaged nearby buildings, and sagging buildings. Historic land development affected the spatial extent of observed liquefaction-induced building damage. Representative liquefaction-induced building settlement and building interaction case histories are discussed and key insights are shared.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2338026</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 913-938</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>SAGE Publications</t>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>