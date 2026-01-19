--- v0 (2026-01-19)
+++ v1 (2026-01-19)
@@ -86,96 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10495495</t>
-[...8 lines deleted...]
-    <t>Gao, Zihe; Zhao, Haoqi; Wu, Tianwei; Feng, Xilin; Zhang, Zhifeng; Qiao, Xingdu; Chiu, Ching-Kai; Feng, Liang</t>
+    <t>10514802</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1111/conl.13013</t>
+  </si>
+  <si>
+    <t>The power of citizen science to advance fungal conservation</t>
+  </si>
+  <si>
+    <t>Haelewaters, Danny [Department of Ecology and Evolutionary Biology University of Colorado Boulder  Boulder Colorado USA, Faculty of Science University of South Bohemia  České Budějovice Czech Republic, Biology Centre of the Czech Academy of Sciences Institute of Entomology  České Budějovice Czech Republic] (ORCID:0000000264240834); Quandt, C_Alisha [Department of Ecology and Evolutionary Biology University of Colorado Boulder  Boulder Colorado USA] (ORCID:0000000302608995); Bartrop, Lachlan [Department of Microbiology and Infectious Diseases Université de Sherbrooke  Sherbrooke Québec Canada]; Cazabonne, Jonathan [Forest Research Institute Université du Québec en Abitibi‐Témiscamingue  Amos Canada, Centre for Forest Research Université du Québec à Montréal  Montréal Canada]; Crockatt, Martha_E [Leverhulme Centre for Nature Recovery School of Geography and the Environment University of Oxford  Oxford UK]; Cunha, Susana_P [Centre for Functional Ecology, Associate Laboratory TERRA, Department of Life Sciences University of Coimbra  Coimbra Portugal, Royal Botanic Gardens  Kew, Richmond UK]; De_Lange, Ruben [Research Group Mycology, Department of Biology Ghent University  Ghent Belgium]; Dominici, Laura [Department of Environment Land and Infrastructure Engineering, Politecnico di Torino  Turin Italy]; Douglas, Brian [Royal Botanic Gardens  Kew, Richmond UK]; Drechsler‐Santos, Elisandro_Ricardo [Research Group MIND.Funga, Departamento de Botânica Universidade Federal de Santa Catarina  Florianópolis Santa Catarina Brazil]; Heilmann‐Clausen, Jacob [Center for Macroecology, Evolution and Climate, Globe Institute University of Copenhagen  Copenhagen Denmark]; Irga, Peter_J [School of Civil and Environmental Engineering University of Technology Sydney  Sydney Australia]; Jakob, Sigrid [Fungal Diversity Survey  Sebastopol California USA]; Lofgren, Lotus [Department of Biology Duke University  Durham North Carolina USA]; Martin, Thomas_E [School of Natural Sciences, College of Environmental Sciences and Engineering Bangor University  Bangor Wales UK]; Muchane, Mary_Nyawira [Department of Botany National Museums of Kenya  Nairobi Kenya]; Stallman, Jeffery_K [Department of Botany and Plant Pathology Purdue University  West Lafayette Indiana USA]; Verbeken, Annemieke [Research Group Mycology, Department of Biology Ghent University  Ghent Belgium]; Walker, Allison_K [Department of Biology Acadia University  Wolfville Nova Scotia Canada]; Gonçalves, Susana_C [Centre for Functional Ecology, Associate Laboratory TERRA, Department of Life Sciences University of Coimbra  Coimbra Portugal] (ORCID:0000000163082662)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-12-01T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Graphene, with its two linearly dispersing Dirac points with opposite windings, is the minimal topological nodal configuration in the hexagonal Brillouin zone. Topological semimetals with higher-order nodes beyond the Dirac points have recently attracted considerable interest due to their rich chiral physics and their potential for the design of next-generation integrated devices. Here we report the experimental realization of the topological semimetal with quadratic nodes in a photonic microring lattice. Our structure hosts a robust second-order node at the center of the Brillouin zone and two Dirac points at the Brillouin zone boundary—the second minimal configuration, next to graphene, that satisfies the Nielsen–Ninomiya theorem. The symmetry-protected quadratic nodal point, together with the Dirac points, leads to the coexistence of massive and massless components in a hybrid chiral particle. This gives rise to unique transport properties, which we demonstrate by directly imaging simultaneous Klein and anti-Klein tunnelling in the microring lattice.&lt;/p&gt;</t>
+    <t>2024-03-22T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Conservation Letters</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>1755-263X</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Fungal conservation is gaining momentum globally, but many challenges remain. To advance further, more data are needed on fungal diversity across space and time. Fundamental information regarding population sizes, trends, and geographic ranges is also critical to accurately assess the extinction risk of individual species. However, obtaining these data is particularly difficult for fungi due to their immense diversity, complex and problematic taxonomy, and cryptic nature. This paper explores how citizen science (CS) projects can be leveraged to advance fungal conservation efforts. We present several examples of past and ongoing CS‐based projects to record and monitor fungal diversity. These include projects that are part of broad collecting schemes, those that provide participants with targeted sampling methods, and those whereby participants collect environmental samples from which fungi can be obtained. We also examine challenges and solutions for how such projects can capture fungal diversity, estimate species absences, broaden participation, improve data curation, and translate resulting data into actionable conservation measures. Finally, we close the paper with a call for professional mycologists to engage with amateurs and local communities, presenting a framework to determine whether a given project would likely benefit from participation by citizen scientists.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1846766</t>
-[...2 lines deleted...]
-    <t>2023</t>
+    <t>2018098; 2018215; 2127291</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Springer Nature</t>
+    <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>