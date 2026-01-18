--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10495999</t>
-[...8 lines deleted...]
-    <t>Shisher, Md Kamran; Ji, Bo; Hou, I-Hong; Sun, Yin</t>
+    <t>10353916</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/ICRA48506.2021.9561739</t>
+  </si>
+  <si>
+    <t>The dynamic effect of mechanical losses of transmissions on the equation of motion of legged robots</t>
+  </si>
+  <si>
+    <t>Sim, Youngwoo; Ramos, Joao</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-01-01T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>In this paper, we consider a remote inference system, where a neural network is used to infer a time-varying target (e.g., robot movement), based on features (e.g., video clips) that are progressively received from a sensing node (e.g., a camera). Each feature is a temporal sequence of sensory data. The inference error is determined by (i) the timeliness and (ii) the sequence length of the feature, where we use Age of Information (AoI) as a metric for timeliness. While a longer feature can typically provide better inference performance, it often requires more channel resources for sending the feature. To minimize the time-averaged inference error, we study a learning and communication co-design problem that jointly optimizes feature length selection and transmission scheduling. When there is a single sensor-predictor pair and a single channel, we develop low-complexity optimal co-designs for both the cases of time-invariant and time-variant feature length. When there are multiple sensor-predictor pairs and multiple channels, the co-design problem becomes a restless multi-arm multi-action bandit problem that is PSPACE-hard. For this setting, we design a low-complexity algorithm to solve the problem. Trace-driven evaluations demonstrate the potential of these co-designs to reduce inference error by up to 10000 times.</t>
+    <t>2021-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>2021 IEEE International Conference on Robotics and Automation (ICRA)</t>
+  </si>
+  <si>
+    <t>2056 to 2062</t>
+  </si>
+  <si>
+    <t>Industrial manipulators do not collapse under their own weight when powered off due to the friction in their joints. Although these mechanism are effective for stiff position control of pick-and-place, they are inappropriate for legged robots that must rapidly regulate compliant interactions with the environment. However, no metric exists to quantify the robot’s performance degradation due to mechanical losses in the actuators and transmissions. This paper provides a fundamental formulation that uses the mechanical efficiency of transmissions to quantify the effect of power losses in the mechanical transmissions on the dynamics of a whole robotic system. We quantitatively demonstrate the intuitive fact that the apparent inertia of the robots increase in the presence of joint friction. We also show that robots that employ high gear ratio and low efficiency transmissions can statically sustain more substantial external loads. We expect that the framework presented here will provide the fundamental tools for designing the next generation of legged robots that can effectively interact with the world.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2239677; 2107363; 2106427</t>
-[...8 lines deleted...]
-    <t>IEEE</t>
+    <t>2024775</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -296,85 +287,79 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>