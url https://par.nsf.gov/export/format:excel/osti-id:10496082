--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -134,51 +134,51 @@
   <si>
     <t>2</t>
   </si>
   <si>
     <t>8755-2930</t>
   </si>
   <si>
     <t>&lt;p&gt;Performance-based procedures represent an improvement over current state-of-practice procedures that treat the assessment of seismic demand and engineering response parameters independently. Procedures used in current practice generally provide estimates of liquefaction-induced ground settlement that are inconsistent with the desired ground settlement hazard level. A recently developed probabilistic procedure to estimate liquefaction-induced ground settlement is employed to develop a new performance-based procedure that estimates ground settlement which accounts for key sources of uncertainty. The ground-motion intensity and ground settlement estimations are integrated in the proposed procedure to produce hazard curves for liquefaction-induced ground settlement. The hazard curve for ground settlement links different hazard levels with their corresponding values of ground settlement by evaluating a wide range of ground-motion intensities and site characterization parameters with their associated uncertainties. The proposed performance-based procedure also permits the evaluation of different sources of uncertainty and their effects on the ground settlement estimate.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1956248</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 1301-1323</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>SAGE Publications</t>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>