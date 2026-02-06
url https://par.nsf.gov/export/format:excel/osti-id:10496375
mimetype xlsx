--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10496375</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fpls.2023.1108355</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Self-supervised maize kernel classification and segmentation for embryo identification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dong, David; Nagasubramanian, Koushik; Wang, Ruidong; Frei, Ursula K.; Jubery, Talukder Z.; Lübberstedt, Thomas; Ganapathysubramanian, Baskar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Plant Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1664-462X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;sec&gt;&lt;title&gt;Introduction&lt;/title&gt;&lt;p&gt;Computer vision and deep learning (DL) techniques have succeeded in a wide range of diverse fields. Recently, these techniques have been successfully deployed in plant science applications to address food security, productivity, and environmental sustainability problems for a growing global population. However, training these DL models often necessitates the large-scale manual annotation of data which frequently becomes a tedious and time-and-resource- intensive process. Recent advances in self-supervised learning (SSL) methods have proven instrumental in overcoming these obstacles, using purely unlabeled datasets to pre-train DL models.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Methods&lt;/title&gt;&lt;p&gt;Here, we implement the popular self-supervised contrastive learning methods of NNCLR Nearest neighbor Contrastive Learning of visual Representations) and SimCLR (Simple framework for Contrastive Learning of visual Representations) for the classification of spatial orientation and segmentation of embryos of maize kernels. Maize kernels are imaged using a commercial high-throughput imaging system. This image data is often used in multiple downstream applications across both production and breeding applications, for instance, sorting for oil content based on segmenting and quantifying the scutellum’s size and for classifying haploid and diploid kernels.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Results and discussion&lt;/title&gt;&lt;p&gt;We show that in both classification and segmentation problems, SSL techniques outperform their purely supervised transfer learning-based counterparts and are significantly more annotation efficient. Additionally, we show that a single SSL pre-trained model can be efficiently finetuned for both classification and segmentation, indicating good transferability across multiple downstream applications. Segmentation models with SSL-pretrained backbones produce DICE similarity coefficients of 0.81, higher than the 0.78 and 0.73 of those with ImageNet-pretrained and randomly initialized backbones, respectively. We observe that finetuning classification and segmentation models on as little as 1% annotation produces competitive results. These results show SSL provides a meaningful step forward in data efficiency with agricultural deep learning and computer vision.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1954556</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Frontiers in Plant Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>