--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,100 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10496659</t>
-[...8 lines deleted...]
-    <t>Zhang, Yu; Osman, Tawfik; Alkhateeb, Ahmed</t>
+    <t>10378713</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1111/2041-210X.13970</t>
+  </si>
+  <si>
+    <t>A guide for developing a field research safety manual that explicitly considers risks for marginalized identities in the sciences</t>
+  </si>
+  <si>
+    <t>Rudzki, Elizabeth_N [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA] (ORCID:0000000176847476); Kuebbing, Sara_E [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA, The Forest School, Yale School of the Environment  New Haven Connecticut USA] (ORCID:0000000208348189); Clark, David_R [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA] (ORCID:0000000331250160); Gharaibeh, Burhan [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA] (ORCID:0000000259471232); Janecka, Mary_J [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA] (ORCID:0000000182314350); Kramp, Rachael [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA] (ORCID:0000000348322474); Kohl, Kevin_D [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA] (ORCID:0000000311262949); Mastalski, Talia [Department of Anthropology, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA] (ORCID:0000000173622837); Ohmer, Michel_E_B [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA, Department of Biology University of Mississippi  University Mississippi USA] (ORCID:0000000259376585); Turcotte, Martin_M [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA] (ORCID:0000000339496958); Richards‐Zawacki, Corinne_L [Department of Biological Sciences, Dietrich School of Arts and Sciences University of Pittsburgh  Pittsburgh Pennsylvania USA, Pymatuning Lab of Ecology University of Pittsburgh  Linesville Pennsylvania USA, Smithsonian Tropical Research Institute  Panama] (ORCID:000000024212041X)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-01-01T05:00:00Z</t>
-[...8 lines deleted...]
-    <t>1536-1276</t>
+    <t>2022-09-20T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Methods in Ecology and Evolution</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2041-210X</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Field research can be an important component of the career trajectories for researchers in numerous academic fields; however, conducting research in field settings poses risks to health and safety, and researchers from marginalized groups often face greater risks than those experienced by other researchers in their fields; If these additional risks are not actively and thoughtfully mitigated, they are likely to hinder the participation of qualified investigators in field research and counteract efforts to improve and promote diversity, equity and inclusion in the field sciences.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Here we provide, from our perspectives as co‐authors of a field safety manual for the Department of Biological Sciences at the University of Pittsburgh in Pennsylvania, United States, (A) background on risks and barriers that should be considered when planning and conducting field research and (B) suggestions on how to work as a collaborative team for developing an inclusive field safety manual.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;As an example of a manual this proposed process has yielded, we have included our own field safety manual written with diversity, equity and inclusion as a central focus.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We hope this publication serves as a starting point for those interested in developing a similar document for use in their laboratory group, department or institution.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1923676</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1935410; 2050358; 2120084; 2010741</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>p. 2318-2330</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>IEEE</t>
+    <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -290,81 +300,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...1 lines deleted...]
-      <c r="K2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>