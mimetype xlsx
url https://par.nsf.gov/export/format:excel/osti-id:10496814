--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,179 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...127 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -193,189 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10496814</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/VL-HCC57772.2023.00050</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>NLP4Science: Designing a Platform for Integrating Natural Language Processing in Middle School Science Classrooms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dhama, S.; Katuka, G.; Celepkolu, M.; Boyer, K.E.; Glazewski, K.; Hmelo-Silver, C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Symposium on Visual Languages and Human-Centric Computing (VL/HCC)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>269 - 273</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-2946-9</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence (AI) and Natural Language Processing (NLP) have become increasingly relevant across multiple fields, creating a necessity for young learners to understand these concepts. However, resources enabling learners to apply AI and NLP, particularly in middle school science, remain limited. To address this gap, we present the early development of NLP4Science, an interactive visualization application facilitating the integration of NLP concepts such as sentiment analysis and keyword extraction into middle school science. We adopted an iterative co-design process starting with a professional development workshop with four teachers, followed by a 2-day pilot study with 48 eighth graders, and concluding with a 5-day study involving 50 sixth graders. This poster presents an overview of
+NLP4Science, highlighting its key features, and sharing insights gained from the iterative design process, demonstrating the potential of NLP4Science to transform AI and NLP learning within middle school science classrooms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2147810; 2147811</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Washington, DC, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>