--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -95,91 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10497509</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/cdev.14094</t>
   </si>
   <si>
     <t>“You gotta tell the camera”: Advancing children's engineering learning opportunities through tinkering and digital storytelling</t>
   </si>
   <si>
-    <t>Pagano, Lauren_C [School of Education and Social Policy Northwestern University  Evanston Illinois USA] (ORCID:0000000298419365); George, Riley_E [Department of Psychology Loyola University Chicago  Chicago Illinois USA]; Uttal, David_H [School of Education and Social Policy Northwestern University  Evanston Illinois USA] (ORCID:0000000271944370); Haden, Catherine_A [Department of Psychology Loyola University Chicago  Chicago Illinois USA] (ORCID:0000000183929218)</t>
+    <t>Pagano, Lauren_C (ORCID:0000000298419365); George, Riley_E; Uttal, David_H (ORCID:0000000271944370); Haden, Catherine_A (ORCID:0000000183929218)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-03-27T04:00:00Z</t>
+    <t>2024-09-11T04:00:00Z</t>
   </si>
   <si>
     <t>Child Development</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>0009-3920</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;This study addressed whether combining tinkering with digital storytelling (i.e., narrating and reflecting about experiences to an imagined audience) can engender engineering learning opportunities. Eighty‐four families with 5‐ to 10‐year‐old (&lt;italic&gt;M&lt;/italic&gt; = 7.69) children (48% female children; 57% White, 11% Asian, 6% Black) watched a video introducing a tinkering activity and were randomly assigned either to a digital storytelling condition or a no digital storytelling condition during tinkering. After tinkering, families reflected on their tinkering experience and were randomly assigned to either engage in digital storytelling or not. Children in the digital storytelling condition during tinkering spoke most to an imagined audience during tinkering, talked most about engineering at reflection, and remembered the most information about the experience weeks later.&lt;/p&gt;</t>
+ &lt;p&gt;This study addressed whether combining tinkering with digital storytelling (i.e., narrating and reflecting about experiences to an imagined audience) can engender engineering learning opportunities. Eighty-four families with 5- to 10-year-old (M = 7.69) children (48% female children; 57% White, 11% Asian, 6% Black) watched a video introducing a tinkering activity and were randomly assigned either to a digital storytelling condition or a no digital storytelling condition during tinkering. After tinkering, families reflected on their tinkering experience and were randomly assigned to either engage in digital storytelling or not. Children in the digital storytelling condition during tinkering spoke most to an imagined audience during tinkering, talked most about engineering at reflection, and remembered the most information about the experience weeks later.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1906940; 1906808</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 1558-1571</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>