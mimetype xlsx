--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,179 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...127 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -193,189 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10497839</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3626252.3630783</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence Unplugged: Designing Unplugged Activities for a Conversational AI Summer Camp</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Song, Yukyeong; Tian, Xiaoyi; Regatti, Nandika; Katuka, Gloria Ashiya; Boyer, Kristy Elizabeth; Israel, Maya</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 55th ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1272 to 1278</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400704239</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As conversational AI apps such as Siri and Alexa become ubiquitous among children, the CS education community has begun leveraging this popularity as a potential opportunity to attract young learners to AI, CS, and STEM learning. However, teaching conversational AI to K-12 learners remains challenging and unexplored due in part to the abstract and complex nature of some conversational AI concepts, such as intents and training phrases. One promising approach to teaching complex topics in engaging ways is through unplugged activities, which have been shown to be highly effective in fostering CS conceptual understanding without using computers. Research efforts are underway toward developing unplugged activities for teaching AI, but few thus far have focused on conversational AI. This experience report describes the design and iterative refinement of a series of novel unplugged activities for a conversational AI summer camp for middle school learners. We discuss learner responses and lessons learned through our implementation of these
+unplugged activities. Our hope is that these insights support CS education researchers in making conversational AI learning more engaging and accessible to all learners.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2048480</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland OR USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>