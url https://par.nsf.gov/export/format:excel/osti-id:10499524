--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10499524</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/aaai.12158</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>From learning optimization to learner flourishing: Reimagining AI in Education at the Institute for Student‐AI Teaming (iSAT)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>D'Mello, Sidney K.; Biddy, Quentin; Breideband, Thomas; Bush, Jeffrey; Chang, Michael; Cortez, Arturo; Flanigan, Jeffrey; Foltz, Peter W.; Gorman, Jamie C.; Hirshfield, Leanne; Monica Ko, Mon‐Lin; Krishnaswamy, Nikhil; Lieber, Rachel; Martin, James; Palmer, Martha; Penuel, William R.; Philip, Thomas; Puntambekar, Sadhana; Pustejovsky, James; Reitman, Jason G.; Sumner, Tamara; Tissenbaum, Michael; Walker, Lyn; Whitehill, Jacob</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>AI Magazine</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>61 to 68</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0738-4602</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The Institute for Student‐AI Teaming (iSAT) addresses the foundational question:&lt;italic&gt;how to promote deep conceptual learning via rich socio‐collaborative learning experiences for all students&lt;/italic&gt;?—a question that is ripe for AI‐based facilitation and has the potential to transform classrooms. We advance research in speech, computer vision, human‐agent teaming, computer‐supported collaborative learning, expansive co‐design, and the science of broadening participation to design and study next generation AI technologies (called AI Partners) embedded in student collaborative learning teams in coordination with teachers. Our institute ascribes to theoretical perspectives that aim to create a normative environment of widespread engagement through responsible design of technology, curriculum, and pedagogy in partnership with K–12 educators, racially diverse students, parents, and other community members.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2019805</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AI Magazine</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>