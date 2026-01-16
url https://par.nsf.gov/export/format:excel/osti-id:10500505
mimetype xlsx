--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-03-25T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>23182 to 23190</t>
   </si>
   <si>
     <t>2159-5399</t>
   </si>
   <si>
     <t>&lt;p&gt;This paper explores the use of large language models (LLMs) to score and explain short-answer assessments in K-12 science. While existing methods can score more structured math and computer science assessments, they often do not provide explanations for the scores. Our study focuses on employing GPT-4 for automated assessment in middle school Earth Science, combining few-shot and active learning with chain-of-thought reasoning. Using a human-in-the-loop approach, we successfully score and provide meaningful explanations for formative assessment responses. A systematic analysis of our method's pros and cons sheds light on the potential for human-in-the-loop techniques to enhance automated grading for open-ended science assessments.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2112635; 2017000</t>
+    <t>2112635; 2017000; 2327708</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>AAAI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>