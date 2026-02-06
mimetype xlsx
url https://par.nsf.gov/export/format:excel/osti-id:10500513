--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10500513</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/aaai.12161</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The AI Institute for Engaged Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lester, James; Bansal, Mohit; Biswas, Gautam; Hmelo‐Silver, Cindy; Roschelle, Jeremy; Rowe, Jonathan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>AI Magazine</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>69 to 76</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0738-4602</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The EngageAI Institute focuses on AI‐driven narrative‐centered learning environments that create engaging story‐based problem‐solving experiences to support collaborative learning. The institute's research has three complementary strands. First, the institute creates narrative‐centered learning environments that generate interactive story‐based problem scenarios to elicit rich communication, encourage coordination, and spark collaborative creativity. Second, the institute creates virtual embodied conversational agent technologies with multiple modalities for communication (speech, facial expression, gesture, gaze, and posture) to support student learning. Embodied conversational agents are driven by advances in natural language understanding, natural language generation, and computer vision. Third, the institute is creating an innovative multimodal learning analytics framework that analyzes parallel streams of multimodal data derived from students’ conversations, gaze, facial expressions, gesture, and posture as they interact with each other, with teachers, and with embodied conversational agents. Woven throughout the institute's activities is a strong focus on ethics, with an emphasis on creating AI‐augmented learning that is deeply informed by considerations of fairness, accountability, transparency, trust, and privacy. The institute emphasizes broad participation and diverse perspectives to ensure that advances in AI‐augmented learning address inequities in STEM. The institute brings together a multistate network of universities, diverse K‐12 school systems, science museums, and nonprofit partners. Key to all of these endeavors is an emphasis on diversity, equity, and inclusion.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2112635</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>