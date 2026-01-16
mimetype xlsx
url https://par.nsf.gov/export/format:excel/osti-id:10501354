--- v0 (2025-11-03)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10390662</t>
-[...8 lines deleted...]
-    <t>Panchumarthi, B.; Stephens, A.; Beck, M. (ORCID:0000000220235128)</t>
+    <t>10501354</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1017/S0963548323000330</t>
+  </si>
+  <si>
+    <t>On the zeroes of hypergraph independence polynomials</t>
+  </si>
+  <si>
+    <t>Galvin, David; McKinley, Gwen; Perkins, Will; Sarantis, Michail; Tetali, Prasad</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-01-10T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;p&gt;We experimentally demonstrate that we can detect correlated errors in a twin-field quantum key distribution (TFQKD) system by using a technique that is related to self-consistent tomography. We implement a TFQKD system based on a fiber-Sagnac loop, in which Alice and Bob encode information in the phase of weak coherent states that propagate in opposite directions around the loop. These states interfere as they exit the loop and are detected by a third party, Charlie, who reports the results of their measurements to Alice and Bob. We find that it is possible for Alice and Bob to detect correlated state-preparation and measurement errors while trusting only their own individual states, and without trusting Charlie’s measurements.&lt;/p&gt;</t>
+    <t>2024-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Combinatorics, Probability and Computing</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>65 to 84</t>
+  </si>
+  <si>
+    <t>0963-5483</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We study the locations of complex zeroes of independence polynomials of bounded-degree hypergraphs. For graphs, this is a long-studied subject with applications to statistical physics, algorithms, and combinatorics. Results on zero-free regions for bounded-degree graphs include Shearer’s result on the optimal zero-free disc, along with several recent results on other zero-free regions. Much less is known for hypergraphs. We make some steps towards an understanding of zero-free regions for bounded-degree hypergaphs by proving that all hypergraphs of maximum degree&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0963548323000330_inline1.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\Delta$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;have a zero-free disc almost as large as the optimal disc for graphs of maximum degree&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0963548323000330_inline2.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\Delta$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;established by Shearer (of radius&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0963548323000330_inline3.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\sim 1/(e \Delta )$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;). Up to logarithmic factors in&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0963548323000330_inline4.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\Delta$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;this is optimal, even for hypergraphs with all edge sizes strictly greater than&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0963548323000330_inline5.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$2$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;. We conjecture that for&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0963548323000330_inline6.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$k\ge 3$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;,&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0963548323000330_inline7.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$k$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;-uniform&lt;italic&gt;linear&lt;/italic&gt;hypergraphs have a much larger zero-free disc of radius&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S0963548323000330_inline8.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\Omega (\Delta ^{- \frac{1}{k-1}} )$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;. We establish this in the case of linear hypertrees.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1855174</t>
-[...5 lines deleted...]
-    <t>Article No. 279</t>
+    <t>2309958</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Optical Society of America</t>
+    <t>Cambridge University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -305,72 +305,74 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>