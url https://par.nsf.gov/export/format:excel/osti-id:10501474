--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10501474</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3605468.3605501</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Project-Based Software Engineering Curriculum for Secondary Students</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gransbury, Isabella; Brock, Janet; Root, Emily; Catete, Veronica; Barnes, Tiffany; Grover, Shuchi; Ledeczi, Akos</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 18th WiPSCE Conference on Primary and Secondary Computing Education Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400708510</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Background. Software Engineering (SE) is a new and emerging topic in secondary computer science classrooms. However, a review of the recent literature has identified an overall lack of reporting on the development of SE secondary curriculum. Previous studies also report low student engagement when teaching these concepts. Objectives. In this experience report, we discuss the development of a 9-week, project-based learning (PBL) SE curriculum for secondary students. During this curriculum, students create a socially relevant project in groups of two to three. We discuss displays of participant engagement with CS concepts through the PBL pedagogy and the SE curriculum. Method. We examine participant engagement through group artifact interviews about student experiences during a week-long, virtual summer camp that piloted activities from our curriculum. During this camp, students followed a modified SE life cycle created by the authors of the paper. Findings. Participants showed engagement with the curriculum through various aspects of PBL, such as autonomy, creativity, and personal interest in their project topic. Implications. The lessons learned from this experience report suggest that PBL pedagogy can increase student engagement when teaching CS concepts, and this pedagogy provides detail and structure for future secondary SE curriculum implementations to support educators in the classroom</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1949472; 1949492</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Cambridge United Kingdom</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>