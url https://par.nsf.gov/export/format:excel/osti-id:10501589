--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10501589</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/1365-2435.14165</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Drought has inconsistent effects on seed trait composition despite their strong association with ecosystem drought sensitivity</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Luo, Wentao; Griffin‐Nolan, Robert J.; Felton, Andrew J.; Yu, Qiang; Wang, Hongyi; Zhang, Hongxiang; Wang, Zhengwen; Han, Xingguo; Collins, Scott L.; Knapp, Alan K.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Functional Ecology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2690 to 2700</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0269-8463</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Seeds provide the basis of genetic diversity in perennial grassland communities and their traits may influence ecosystem resistance to extreme drought. However, we know little about how drought effects the community functional composition of seed traits and the corresponding implications for ecosystem resistance to drought.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We experimentally removed 66% of growing season precipitation for 4 years across five arid and semi‐arid grasslands in northern China and assessed how this multi‐year drought impacted community‐weighted means (CWMs) of seed traits, seed trait functional diversity and above‐ground net primary productivity (ANPP).&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Experimental drought had limited effects on CWM traits and the few effects that did occur varied by site and year. For three separate sites, and in different years, drought reduced seed length and phosphorus content but increased both seed and seed‐coat thickness. Additionally, drought led to increased seed functional evenness, divergence, dispersion and richness, but only in some sites, and mostly in later years following cumulative effects of water limitation. However, we observed a strong negative relationship between drought‐induced reductions in ANPP and CWMs of seed‐coat thickness, indicating that a high abundance of dominant species with thick seeds may increase ecosystem resistance to drought. Seed trait functional diversity was not significantly predictive of ANPP, providing little evidence for a diversity effect.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Our results suggest that monitoring community composition with a focus on seed traits may provide a valuable indicator of ecosystem resistance to future droughts despite inconsistent responses of seed trait composition overall. This highlights the importance of developing a comprehensive seed and reproductive traits database for arid and semi‐arid grassland biomes.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt; &lt;p&gt;Read the free&lt;ext-link href='https://fesummaries.wordpress.com/2022/08/15/variable-responses-of-seed-traits-to-extreme-drought-do-not-preclude-their-strong-relationships-with-drought-sensitivity/'&gt;Plain Language Summary&lt;/ext-link&gt;for this article on the Journal blog.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1856383</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>British Ecological Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>