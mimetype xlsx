--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10501592</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/1365-2435.14239</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Interspecific and intraspecific trait variability differentially affect community‐weighted trait responses to and recovery from long‐term drought</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Luo, Wentao; Griffin‐Nolan, Robert J.; Song, Lin; Te, Niwu; Chen, Jiaqi; Shi, Yuan; Muraina, Taofeek O.; Wang, Zhengwen; Smith, Melinda D.; Yu, Qiang; Knapp, Alan K.; Han, Xingguo; Collins, Scott L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Functional Ecology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>504 to 512</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0269-8463</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Plant traits are useful proxies of plant strategies and can influence community and ecosystem responses to climate extremes, such as severe drought. Few studies, however, have investigated both the immediate and lagged effects of drought on community‐weighted mean (CWM) plant traits, with even less research on the relative roles of interspecific vs. intraspecific trait variability in such responses.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We experimentally reduced growing season precipitation by 66% in two cold‐semi‐arid grassland sites in northern China for four consecutive years to explore the drought resistance of CWM traits as well as their recovery 2 years following the drought. In addition, we isolated the effects of both interspecific and intraspecific trait variability on shifts in CWM traits.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;At both sites, we observed significant effects of drought on interspecific and intraspecific trait variability which, in some cases, led to significant changes in CWM traits. For example, drought led to reduced CWM plant height and leaf phosphorous content, but increased leaf carbon content at both sites, with responses primarily due to intraspecific trait shifts. Surprisingly, these CWM traits recovered completely 2 years after the extreme drought. Intraspecific trait variability influenced CWM traits via both positive and negative covariation with interspecific trait variability during drought and recovery phases.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;These findings highlight the important role of interspecific and intraspecific trait variability in driving the response and recovery of CWM traits following extreme, prolonged drought.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt; &lt;p&gt;Read the free&lt;ext-link href='https://fesummaries.wordpress.com/2022/11/24/drought-resistance-and-recovery-of-community-traits-in-semiarid-grasslands/'&gt;Plain Language Summary&lt;/ext-link&gt;for this article on the Journal blog.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1856383</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>British Ecological Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>