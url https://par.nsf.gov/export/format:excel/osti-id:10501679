--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10501679</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.nuclphysa.2024.122874</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The present and future of QCD</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Achenbach, P.; Adhikari, D.; Afanasev, A.; Afzal, F.; Aidala, C.A.; Al-bataineh, A.; Almaalol, D.K.; Amaryan, M.; Androić, D.; Armstrong, W.R.; Arratia, M.; Arrington, J.; Asaturyan, A.; Aschenauer, E.C.; Atac, H.; Avakian, H.; Averett, T.; Ayerbe Gayoso, C.; Bai, X.; Barish, K.N.; Barnea, N.; Basar, G.; Battaglieri, M.; Baty, A.A.; Bautista, I.; Bazilevsky, A.; Beattie, C.; Behera, S.C.; Bellini, V.; Bellwied, R.; Benesch, J.F.; Benmokhtar, F.; Bernardes, C.A.; Bernauer, J.C.; Bhatt, H.; Bhatta, S.; Boer, M.; Boettcher, T.J.; Bogacz, S.A.; Bossi, H.J.; Brandenburg, J.D.; Brash, E.J.; Briceño, R.A.; Briscoe, W.J.; Brodsky, S.J.; Brown, D.A.; Burkert, V.D.; Caines, H.; Cali, I.A.; Camsonne, A.; Carman, D.S.; Caylor, J.; Cerci, D.S.; Cerci, S.; Chamizo Llatas, M.; Chatterjee, S.; Chen, J.P.; Chen, Y.; Chen, Y.-C.; Chien, Y.-T.; Chou, P.-C.; Chu, X.; Chudakov, E.; Cline, E.; Cloët, I.C.; Cole, P.L.; Connors, M.E.; Constantinou, M.; Cosyn, W.; Covrig Dusa, S.; Cruz-Torres, R.; D'Alesio, U.; da Silva, C.; Davoudi, Z.; Dean, C.T.; Dean, D.J.; Demarteau, M.; Deshpande, A.; Detmold, W.; Deur, A.; Devkota, B.R.; Dhital, S.; Diefenthaler, M.; Dobbs, S.; Döring, M.; Dong, X.; Dotel, R.; Dow, K.A.; Downie, E.J.; Drachenberg, J.L.; Dumitru, A.; Dunlop, J.C.; Dupre, R.; Durham, J.M.; Dutta, D.; Edwards, R.G.; Ehlers, R.J.; El Fassi, L.; Elaasar, M.; Elouadrhiri, L.; Engelhardt, M.; Ent, R.; Esumi, S.; Evdokimov, O.; Eyser, O.; Fanelli, C.; Fatemi, R.; Fernando, I.P.; Flor, F.A.; Fomin, N.; Frawley, A.D.; Frederico, T.; Fries, R.J.; Gal, C.; Gamage, B.R.; Gamberg, L.; Gao, H.; Gaskell, D.; Geurts, F.; Ghandilyan, Y.; Ghimire, N.; Gilman, R.; Gleason, C.; Gnanvo, K.; Gothe, R.W.; Greene, S.V.; Grießhammer, H.W.; Grossberndt, S.K.; Grube, B.; Hackett, D.C.; Hague, T.J.; Hakobyan, H.; Hansen, J.-O.; Hatta, Y.; Hattawy, M.; Havener, L.B.; Hen, O.; Henry, W.; Higinbotham, D.W.; Hobbs, T.J.; Hodges, A.M.; Holmstrom, T.; Hong, B.; Horn, T.; Howell, C.R.; Huang, H.Z.; Huang, M.; Huang, S.; Huber, G.M.; Hyde, C.E.; Isupov, E.L.; Jacobs, P.M.; Jalilian-Marian, J.; Jentsch, A.; Jheng, H.; Ji, C.-R.; Ji, X.; Jia, J.; Jones, D.C.; Jones, M.K.; Joosten, S.; Kalantarians, N.; Kalicy, G.; Kang, Z.B.; Karthein, J.M.; Keller, D.; Keppel, C.; Khachatryan, V.; Kharzeev, D.E.; Kim, H.; Kim, M.; Kim, Y.; King, P.M.; Kinney, E.; Klein, S.R.; Ko, H.S.; Koch, V.; Kohl, M.; Kovchegov, Y.V.; Krintiras, G.K.; Kubarovsky, V.; Kuhn, S.E.; Kumar, K.S.; Kutz, T.; Lajoie, J.G.; Lauret, J.; Lavrukhin, I.; Lawrence, D.; Lee, J.H.; Lee, K.; Lee, S.; Lee, Y.-J.; Li, S.; Li, W.; Li, Xiaqing; Li, Xuan; Liao, J.; Lin, H.-W.; Lisa, M.A.; Liu, K.-F.; Liu, M.X.; Liu, T.; Liuti, S.; Liyanage, N.; Llope, W.J.; Loizides, C.; Longo, R.; Lorenzon, W.; Lunkenheimer, S.; Luo, X.; Ma, R.; McKinnon, B.; Meekins, D.G.; Mehtar-Tani, Y.; Melnitchouk, W.; Metz, A.; Meyer, C.A.; Meziani, Z.-E.; Michaels, R.; Michel, J.K.L.; Milner, R.G.; Mkrtchyan, H.; Mohanmurthy, P.; Mohanty, B.; Mokeev, V.I.; Moon, D.H.; Mooney, I.A.; Morningstar, C.; Morrison, D.P.; Müller, B.; Mukherjee, S.; Mulligan, J.; Munoz Camacho, C.; Murillo Quijada, J.A.; Murray, M.J.; Nadeeshani, S.A.; Nadel-Turonski, P.; Nam, J.D.; Nattrass, C.E.; Nijs, G.; Noronha, J.; Noronha-Hostler, J.; Novitzky, N.; Nycz, M.; Olness, F.I.; Osborn, J.D.; Pak, R.; Pandey, B.; Paolone, M.; Papandreou, Z.; Paquet, J.-F.; Park, S.; Paschke, K.D.; Pasquini, B.; Pasyuk, E.; Patel, T.; Patton, A.; Paudel, C.; Peng, C.; Peng, J.C.; Pereira Da Costa, H.; Perepelitsa, D.V.; Peters, M.J.; Petreczky, P.; Pisarski, R.D.; Pitonyak, D.; Ploskon, M.A.; Posik, M.; Poudel, J.; Pradhan, R.; Prokudin, A.; Pruneau, C.A.; Puckett, A.J.R.; Pujahari, P.; Putschke, J.; Pybus, J.R.; Qiu, J.-W.; Rajagopal, K.; Ratti, C.; Read, K.F.; Reed, R.; Richards, D.G.; Riedl, C.; Ringer, F.; Rinn, T.; Rittenhouse West, J.; Roche, J.; Rodas, A.; Roland, G.; Romero-López, F.; Rossi, P.; Rostomyan, T.; Ruan, L.; Ruimi, O.M.; Saha, N.R.; Sahoo, N.R.; Sakaguchi, T.; Salazar, F.; Salgado, C.W.; Salmè, G.; Salur, S.; Santiesteban, S.N.; Sargsian, M.M.; Sarsour, M.; Sato, N.; Satogata, T.; Sawada, S.; Schäfer, T.; Scheihing-Hitschfeld, B.; Schenke, B.; Schindler, S.T.; Schmidt, A.; Seidl, R.; Shabestari, M.H.; Shanahan, P.E.; Shen, C.; Sheng, T.-A.; Shepherd, M.R.; Sickles, A.M.; Sievert, M.D.; Smith, K.L.; Song, Y.; Sorensen, A.; Souder, P.A.; Sparveris, N.; Srednyak, S.; Stahl Leiton, A.G.; Stasto, A.M.; Steinberg, P.; Stepanyan, S.; Stephanov, M.; Stevens, J.R.; Stewart, D.J.; Stewart, I.W.; Stojanovic, M.; Strakovsky, I.; Strauch, S.; Strickland, M.; Sunar Cerci, D.; Suresh, M.; Surrow, B.; Syritsyn, S.; Szczepaniak, A.P.; Tadepalli, A.S.; Tang, A.H.; Tapia Takaki, J.D.; Tarnowsky, T.J.; Tawfik, A.N.; Taylor, M.I.; Tennant, C.; Thiel, A.; Thomas, D.; Tian, Y.; Timmins, A.R.; Tribedy, P.; Tu, Z.; Tuo, S.; Ullrich, T.; Umaka, E.; Upton, D.W.; Vary, J.P.; Velkovska, J.; Venugopalan, R.; Vijayakumar, A.; Vitev, I.; Vogelsang, W.; Vogt, R.; Vossen, A.; Voutier, E.; Vovchenko, V.; Walker-Loud, A.; Wang, F.; Wang, J.; Wang, X.; Wang, X.-N.; Weinstein, L.B.; Wenaus, T.J.; Weyhmiller, S.; Wissink, S.W.; Wojtsekhowski, B.; Wong, C.P.; Wood, M.H.; Wunderlich, Y.; Wyslouch, B.; Xiao, B.W.; Xie, W.; Xiong, W.; Xu, N.; Xu, Q.H.; Xu, Z.; Yaari, D.; Yao, X.; Ye, Z.; Ye, Z.H.; Yero, C.; Yuan, F.; Zajc, W.A.; Zhang, C.; Zhang, J.; Zhao, F.; Zhao, Y.; Zhao, Z.W.; Zheng, X.; Zhou, J.; Zurek, M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nuclear Physics A</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1047</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>122874</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0375-9474</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2011763; 2239274; 2111046; 2209424; 2111063; 2110293; 2310067; 2310034; 2012826; 2111050; 2309976; 2012430; 2111442; 2013115; 2013002; 2412373; 2012413; 2110229</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>