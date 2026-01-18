--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Magnetism and Magnetic Materials</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>172066</t>
   </si>
   <si>
     <t>0304-8853</t>
   </si>
   <si>
     <t>We have studied magnetic ordering in polycrystalline erbium at high pressures up to 32 GPa and low temperatures down to 10 K using neutron diffraction techniques at the Spallation Neutron Source at Oak Ridge National Laboratory, USA. For the hexagonal close-packed (hcp) phase, strong nuclear and magnetic satellite intensities permit a simultaneous refinement of the nuclear and magnetic structures. At 1 GPa of applied pressure, a modulation vector q=γc^* with γ≈2/7 for the c-axis modulated and cycloidal phases is consistent with prior single-crystal studies at low pressures. At 6.7 GPa in the hcp phase, we find γ≈0.31, indicating a reduction in the period of the magnetic structure with respect to the crystal lattice. The magnetic ordering temperature at 6.7 GPa is slightly above 60 K. At 32 GPa in the double hexagonal close-packed phase, the magnetic scattering constrains the magnetic ordering temperature to 25±5 K. Our neutron diffraction study demonstrates that the magnetic ordering persists in the high-pressure double hexagonal close-packed phase of erbium to the highest pressure of 32 GPa.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2148897</t>
+    <t>2148897; 2215143</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>