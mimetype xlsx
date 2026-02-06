--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,185 +65,311 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10501725</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/MCAS.2024.3349668</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Quantum Circuits for Stabilizer Error Correcting Codes: A Tutorial</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mondal, Arijit; Parhi, Keshab K.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-05T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE circuits and systems magazine</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1531-636X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Quantum computers have the potential to provide exponential speedups over their classical counterparts. Quantum principles are being applied to fields such as communications, information processing, and artificial intelligence to achieve
+quantum advantage. However, quantum bits are extremely noisy and prone to decoherence. Thus, keeping the qubits error free is extremely important toward reliable quantum computing. Quantum error correcting codes have been studied for several decades and methods have been proposed to import classical error correcting codes to the quantum domain. Along with the exploration into novel and more efficient quantum error correction codes, it is also essential to design circuits for practical realization of these codes. This paper serves as a tutorial on designing and simulating quantum encoder and decoder circuits for stabilizer codes. We first describe Shor’s 9-qubit code which was the first quantum error correcting code. We discuss the
+stabilizer formalism along with the design of encoding and
+decoding circuits for stabilizer codes such as the five-qubit code
+and Steane code. We also design nearest neighbor compliant
+circuits for the above codes. The circuits were simulated and
+verified using IBM Qiskit.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1954749</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>