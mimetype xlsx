--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10502363</t>
-[...8 lines deleted...]
-    <t>Dwyer, Ian P.; Swenson Perger, Darci A.; Graffam, Molly; Aller, Robert C.; Wehrmann, Laura M.; Volkenborn, Nils</t>
+    <t>10446496</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/advs.202001522</t>
+  </si>
+  <si>
+    <t>Organic Field‐Effect Transistors as Flexible, Tissue‐Equivalent Radiation Dosimeters in Medical Applications</t>
+  </si>
+  <si>
+    <t>Zeidell, Andrew_M [Department of Physics and Center for Functional Materials Wake Forest University  Winston‐Salem NC 27109 USA] (ORCID:0000000185374818); Ren, Tong [Department of Radiation Oncology Wake Forest School of Medicine Wake Forest University  Winston Salem NC 27157 USA] (ORCID:0000000188570689); Filston, David_S [Department of Physics and Center for Functional Materials Wake Forest University  Winston‐Salem NC 27109 USA]; Iqbal, Hamna_F [Department of Physics and Center for Functional Materials Wake Forest University  Winston‐Salem NC 27109 USA] (ORCID:0000000199784703); Holland, Emma [University of Kentucky Center for Applied Energy Research  Lexington KY 40511 USA] (ORCID:0000000292630119); Bourland, J_Daniel [Department of Radiation Oncology Wake Forest School of Medicine Wake Forest University  Winston Salem NC 27157 USA]; Anthony, John_E [University of Kentucky Center for Applied Energy Research  Lexington KY 40511 USA] (ORCID:0000000289721888); Jurchescu, Oana_D [Department of Physics and Center for Functional Materials Wake Forest University  Winston‐Salem NC 27109 USA] (ORCID:0000000322042909)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-03-01T05:00:00Z</t>
-[...17 lines deleted...]
-    <t>Benthic organisms in coastal sediments affect elemental cycling and control benthic-pelagic coupling through particle reworking and ventilation of their burrows. Bioirrigation and associated porewater advection create intermittently oxic regions within sediments. The spatio-temporal patterns of such biogenic redox oscillations likely respond to seasonal factors, but quantitative information on the seasonality of bioirrigator behaviors and associated redox dynamics is scarce. We examined bioirrigation by the maldanid polychaete Clymenella torquata and its impacts on sediment oxygenation patterns in permeable sediments using high-resolution planar optode oxygen imaging. In sediment mesocosms with reconstructed summer-collected sediment, the durations of pumping and resting varied inversely with temperature. The average durations of pumping and resting increased from 4 min/4 min at 21 °C, to 6 min/6 min at 12 °C, to 15 min/14 min at 5 °C. In intact cores collected in summer, irrigation patterns (3.5 min/3.5 min) were similar to those observed at 21 °C during the temperature ramp. Pumping and resting durations in intact cores collected in winter at 6 °C averaged 9 min/26 min, significantly different from patterns at comparable temperatures in the temperature ramp. Pumping patterns strongly affected the temporal patterns of redox dynamics in surrounding sediments. In addition, temperature strongly affected burrow irrigation depth (exclusively within the top ∼10 cm at 21 °C, and down to ∼20 cm at 5–6 °C with an apparent transition at ∼15 °C), indicating that the zone with dynamic redox conditions migrates vertically on a seasonal basis. The differences in pumping patterns between in- and out-of-season experiments and the effect of temperature on irrigation depth underscore the importance of conducting experiments with bioturbators in-season and at field temperatures. The observed seasonal differences in bioirrigation patterns and associated spatio-temporal redox dynamics suggest that rates and pathways of redox-sensitive diagenetic processes and benthic chemical fluxes in permeable sediments likely show considerable seasonal variation.</t>
+    <t>2020-07-30T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Advanced Science</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>2198-3844</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Radiation therapy is one of the most prevalent procedures for cancer treatment, but the risks of malignancies induced by peripheral beam in healthy tissues surrounding the target is high. Therefore, being able to accurately measure the exposure dose is a critical aspect of patient care. Here a radiation detector based on an organic field‐effect transistor (RAD‐OFET) is introduced, an in vivo dosimeter that can be placed directly on a patient's skin to validate in real time the dose being delivered and ensure that for nearby regions an acceptable level of low dose is being received. This device reduces the errors faced by current technologies in approximating the dose profile in a patient's body, is sensitive for doses relevant to radiation treatment procedures, and robust when incorporated into conformal large‐area electronics. A model is proposed to describe the operation of RAD‐OFETs, based on the interplay between charge photogeneration and trapping.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1757045</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1849213; 1810273</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Elsevier</t>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -305,81 +303,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>