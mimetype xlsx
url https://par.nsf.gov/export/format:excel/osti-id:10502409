--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -133,51 +133,51 @@
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2470-0010</t>
   </si>
   <si>
     <t>A direct detection of black hole formation in neutron star mergers would provide invaluable information
 about matter in neutron star cores and finite temperature effects on the nuclear equation of state. We study
 black hole formation in neutron star mergers using a set of 190 numerical relativity simulations consisting
 of long-lived and black-hole-forming remnants. The postmerger gravitational-wave spectrum of a
 long-lived remnant has greatly reduced power at a frequency f greater than fpeak, for f ≳ 4 kHz, with
 fpeak in [2.5, 4] kHz. On the other hand, black-hole-forming remnants exhibit excess power in the same
 large f region and manifest exponential damping in the time domain characteristic of a quasinormal mode.
 We demonstrate that the gravitational-wave signal from a collapsed remnant is indeed a quasinormal
 ringing. We report on the opportunity for direct detections of black hole formation with next-generation
 gravitational-wave detectors such as Cosmic Explorer and Einstein Telescope and set forth the tantalizing
 prospect of such observations up to a distance of 100 Mpc for an optimally oriented and located source with
 an SNR of 4.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2308886; 2309064; 2011725; 2307147</t>
+    <t>2308886; 2309064; 2011725; 2307147; 2207638</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>