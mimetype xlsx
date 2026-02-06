--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10502549</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41597-023-02489-1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A pseudoproxy emulation of the PAGES 2k database using a hierarchy of proxy system models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhu, Feng; Emile-Geay, Julien; Anchukaitis, Kevin J.; McKay, Nicholas P.; Stevenson, Samantha; Meng, Zilu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Scientific Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2052-4463</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Paleoclimate reconstructions are now integral to climate assessments, yet the consequences of using different methodologies and proxy data require rigorous benchmarking. Pseudoproxy experiments (PPEs) provide a tractable and transparent test bed for evaluating climate reconstruction methods and their sensitivity to aspects of real-world proxy networks. Here we develop a dataset that leverages proxy system models (PSMs) for this purpose, which emulates the essential physical, chemical, biological, and geological processes that translate climate signals into proxy records, making these synthetic proxies more relevant to the real world. We apply a suite of PSMs to emulate the widely-used PAGES 2k dataset, including realistic spatiotemporal sampling and error structure. A hierarchical approach allows us to produce many variants of this base dataset, isolating the impact of sampling bias in time and space, representation error, sampling error, and other assumptions. Combining these various experiments produces a rich dataset (“pseudoPAGES2k”) for many applications. As an illustration, we show how to conduct a PPE with this dataset based on emerging climate field reconstruction techniques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1805143; 2303530; 1948822</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Scientific Data</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>