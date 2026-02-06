--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10502606</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1119/perc.2023.pr.Ouellette</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Alignment between student epistemological views and experiences with course structures in introductory physics: A case study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ouellette, Ellen; Lewsirirat, Sarat; Sebastian, Ryan Biju; Lundsgaard, Morten; Krist, Christina; Kuo, Eric</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Jones, Dyan; Ryan, Qing X.; Pawl, Andrew</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Physics Education Research Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>260 to 265</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1539-9028</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-931024-39-6</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Designing physics courses that support students' activation and development of expert-like physics epistemologies is a significant goal of Physics Education Research. However, very little research has focused on how physics students' interactions with course structures resonate with different epistemological views. As part of a course redesign effort to increase student success in introductory physics, we interviewed introductory physics students about their experiences with course structures and their learning and belonging beliefs. We present here a case from this broader data corpus in which a student, Robyn, discusses his epistemological views of physics problem solving and his experiences with physics lectures, office hours, and discussion sections. We find that Robyn's physics epistemology manifests consistently across his interactions with each of these different course structures, suggesting a possible resonance between students' beliefs and their experiences with course structures and the value of further investigation into the potential merits of comprehensive course design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2235516</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Association of Physics Teachers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Sacramento, CA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>