--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,75 +95,84 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10503239</t>
   </si>
   <si>
     <t>https://doi.org/10.3102/00346543241241536</t>
   </si>
   <si>
     <t>Computing Education Interventions to Increase Gender Equity from 2000 to 2020: A Systematic Literature Review</t>
   </si>
   <si>
-    <t>Perez-Felkner, Lara [Florida State University] (ORCID:0000000234518524); Erichsen, Kristen [Knowli Data Science] (ORCID:0000000260252387); Li, Yang [Florida State University] (ORCID:0000000288766195); Chen, Jinjushang [Beijing Normal University]; Hu, Shouping (ORCID:0000000317666629); Ramirez_Surmeier, Ladanya [Florida State University] (ORCID:0000000153043643); Shore, Chelsea [Independent Researcher, SAFE Project]</t>
+    <t>Perez-Felkner, Lara (ORCID:0000000234518524); Erichsen, Kristen (ORCID:0000000260252387); Li, Yang (ORCID:0000000288766195); Chen, Jinjushang; Hu, Shouping (ORCID:0000000317666629); Ramirez_Surmeier, Ladanya (ORCID:0000000153043643); Shore, Chelsea</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-04-29T04:00:00Z</t>
   </si>
   <si>
     <t>Review of Educational Research</t>
   </si>
   <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>0034-6543</t>
   </si>
   <si>
     <t>&lt;p&gt;Although gender parity has been achieved in some STEM fields, gender disparities persist in computing, one of the fastest-growing and highest-earning career fields. In this systematic literature review, we expand upon academic momentum theory to categorize computing interventions intended to make computing environments more inclusive to girls and women and consider how those characteristics vary by the success of the intervention. Particular attention is given to the efficacy of broadening participation and success for women in computer science, information technology, and related fields. After scrutinizing 168 relevant studies, 48 met the inclusion criteria and were included. We introduce a framework for gender equity in computing, expanding on existing research on academic and STEM momentum to encompass new domains representing social and structural momentum. Our analysis reveals the complex roles of intervention domains, strategies, goals, levels, and duration in shaping their efficacy. Implications for theory, research, and practice are discussed.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2305516; 1920670; 2030070</t>
   </si>
   <si>
     <t>2024</t>
+  </si>
+  <si>
+    <t>p. 536-580</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3102</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -290,81 +299,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>