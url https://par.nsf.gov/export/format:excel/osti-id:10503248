--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,60 +95,66 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10503248</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mec.17362</t>
   </si>
   <si>
     <t>Limited genomic signatures of population collapse in the critically endangered black abalone ( &lt;i&gt;Haliotis cracherodii&lt;/i&gt; )</t>
   </si>
   <si>
-    <t>Wooldridge, Brock [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA, Howard Hughes Medical Institute University of California Santa Cruz  Santa Cruz California USA]; Orland, Chloé [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Enbody, Erik [Department of Biomolecular Engineering University of California Santa Cruz  Santa Cruz California USA]; Escalona, Merly [Department of Biomolecular Engineering University of California Santa Cruz  Santa Cruz California USA]; Mirchandani, Cade [Department of Biomolecular Engineering University of California Santa Cruz  Santa Cruz California USA]; Corbett‐Detig, Russell [Department of Biomolecular Engineering University of California Santa Cruz  Santa Cruz California USA, Genomics Institute University of California Santa Cruz  Santa Cruz California USA]; Kapp, Joshua D. [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Fletcher, Nathaniel [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Cox‐Ammann, Karah [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Raimondi, Peter [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Shapiro, Beth [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA, Howard Hughes Medical Institute University of California Santa Cruz  Santa Cruz California USA, Genomics Institute University of California Santa Cruz  Santa Cruz California USA] (ORCID:0000000227337776)</t>
+    <t>Wooldridge, Brock [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA, Howard Hughes Medical Institute University of California Santa Cruz  Santa Cruz California USA]; Orland, Chloé [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Enbody, Erik [Department of Biomolecular Engineering University of California Santa Cruz  Santa Cruz California USA]; Escalona, Merly [Department of Biomolecular Engineering University of California Santa Cruz  Santa Cruz California USA]; Mirchandani, Cade [Department of Biomolecular Engineering University of California Santa Cruz  Santa Cruz California USA]; Corbett‐Detig, Russell [Department of Biomolecular Engineering University of California Santa Cruz  Santa Cruz California USA, Genomics Institute University of California Santa Cruz  Santa Cruz California USA]; Kapp, Joshua_D [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Fletcher, Nathaniel [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Cox‐Ammann, Karah [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Raimondi, Peter [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA]; Shapiro, Beth [Ecology and Evolutionary Biology Department University of California Santa Cruz  Santa Cruz California USA, Howard Hughes Medical Institute University of California Santa Cruz  Santa Cruz California USA, Genomics Institute University of California Santa Cruz  Santa Cruz California USA] (ORCID:0000000227337776)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-04-29T04:00:00Z</t>
   </si>
   <si>
     <t>Molecular Ecology</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>23</t>
   </si>
   <si>
     <t>0962-1083</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The black abalone,&lt;italic&gt;Haliotis cracherodii&lt;/italic&gt;, is a large, long‐lived marine mollusc that inhabits rocky intertidal habitats along the coast of California and Mexico. In 1985, populations were impacted by a bacterial disease known as withering syndrome (WS) that wiped out &gt;90% of individuals, leading to the closure of all U.S. black abalone fisheries since 1993. Current conservation strategies include restoring diminished populations by translocating healthy individuals. However, population collapse on this scale may have dramatically lowered genetic diversity and strengthened geographic differentiation, making translocation‐based recovery contentious. Additionally, the current prevalence of WS remains unknown. To address these uncertainties, we sequenced and analysed the genomes of 133 black abalone individuals from across their present range. We observed no spatial genetic structure among black abalone, with the exception of a single chromosomal inversion that increases in frequency with latitude. Outside the inversion, genetic differentiation between sites is minimal and does not scale with either geographic distance or environmental dissimilarity. Genetic diversity appears uniformly high across the range. Demographic inference does indicate a severe population bottleneck beginning just 15 generations in the past, but this decline is short lived, with present‐day size far exceeding the pre‐bottleneck status quo. Finally, we find the bacterial agent of WS is equally present across the sampled range, but only in 10% of individuals. The lack of population genetic structure, uniform diversity and prevalence of WS bacteria indicates that translocation could be a valid and low‐risk means of population restoration for black abalone species' recovery.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2307479</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
@@ -291,81 +297,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>