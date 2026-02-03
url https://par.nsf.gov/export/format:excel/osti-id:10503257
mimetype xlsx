--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10503257</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/ieam.4902</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Formerly used defense sites on Unalaska Island, Alaska: Mapping a legacy of environmental pollution</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jordan‐Ward, Renee; von Hippel, Frank A.; Schmidt, Jennifer; Verhougstraete, Marc P.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-14T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Integrated Environmental Assessment and Management</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1551-3777</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Unalaska Island, Alaska, served as a US military base during World War II. The military installed bases on Unalaska and nearby islands, many of which were built adjacent to Unangan communities. The military used toxic compounds in its operations and left a legacy of pollution that may pose health risks to residents and local wildlife. The goals of this study were to identify hotspots of contamination remaining at Unalaska formerly used defense (FUD) sites, evaluate the risk posed by arsenic, and examine “no US Department of Defense action indicated” (NDAI) status determinations for FUD sites near communities. We compiled soil chemistry data from remediation reports prepared by the US Army Corps of Engineers at 18 FUD sites on and near Unalaska. Nine had past and/or active remediation projects and on‐site sampling data. Eight sites did not have sampling data and were characterized as NDAI. One site was listed as closed. For the nine sites with sampling data, we compiled data for 22 contaminants of concern (COC) and compared concentrations to soil cleanup levels for human health (18 AAC 75.341). We mapped contaminant concentrations exceeding these levels to identify hotspots of contamination. We found that concentrations of some of the 22 COC exceeded Alaska cleanup levels despite remediation efforts, including diesel range organics, arsenic, and lead. The highest COC concentrations were at the FUD site adjacent to the City of Unalaska. A quantitative risk assessment for arsenic found that the risk of exposure through drinking water is low. We highlight concerns with NDAI designations and current remedial practices at remote FUD sites located adjacent to communities. Our data suggest the need for further remediation and monitoring efforts on Unalaska for certain contaminants and research to examine potential threats to human and animal health associated with these sites.&lt;italic&gt;Integr Environ Assess Manag&lt;/italic&gt;2024;00:1–12. © 2024 SETAC&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2148056; 2148059; 2148058</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Integrated Environmental Assessment and Management</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>