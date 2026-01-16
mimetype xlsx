--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2662-4443</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Laser powder-bed fusion (L-PBF) additive manufacturing presents ample opportunities to produce net-shape parts. The complex laser-powder interactions result in high cooling rates that often lead to unique microstructures and excellent mechanical properties. Refractory high-entropy alloys show great potential for high-temperature applications but are notoriously difficult to process by additive processes due to their sensitivity to cracking and defects, such as un-melted powders and keyholes. Here, we present a method based on a normalized model-based processing diagram to achieve a nearly defect-free TiZrNbTa alloy via in-situ alloying of elemental powders during L-PBF. Compared to its as-cast counterpart, the as-printed TiZrNbTa exhibits comparable mechanical properties but with enhanced elastic isotropy. This method has good potential for other refractory alloy systems based on in-situ alloying of elemental powders, thereby creating new opportunities to rapidly expand the collection of processable refractory materials via L-PBF.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2415119; 2238204; 1809640</t>
+    <t>2415119; 2238204; 1809640; 2226508</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>