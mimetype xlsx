--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10503345</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1108/ILS-06-2023-0069</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using network visualizations to engage elementary students in locally relevant data literacy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhou, Mengxi; Steinberg, Selena; Stiso, Christina; Danish, Joshua A.; Craig, Kalani</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-06T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Information and Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>125</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3/4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>209 to 231</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2398-5348</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Purpose&lt;/title&gt;&lt;p&gt;This study aims to explore how network visualization provides opportunities for learners to explore data literacy concepts using locally and personally relevant data.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Design/methodology/approach&lt;/title&gt;&lt;p&gt;The researchers designed six locally relevant network visualization activities to support students’ data reasoning practices toward understanding aggregate patterns in data. Cultural historical activity theory (Engeström, 1999) guides the analysis to identify how network visualization activities mediate students’ emerging understanding of aggregate data sets.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Findings&lt;/title&gt;&lt;p&gt;Pre/posttest findings indicate that this implementation positively impacted students’ understanding of network visualization concepts, as they were able to identify and interpret key relationships from novel networks. Interaction analysis (Jordan and Henderson, 1995) of video data revealed nuances of how activities mediated students’ improved ability to interpret network data. Some challenges noted in other studies, such as students’ tendency to focus on familiar concepts, are also noted as teachers supported conversations to help students move beyond them.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title content-type='abstract-subheading'&gt;Originality/value&lt;/title&gt;&lt;p&gt;To the best of the authors’ knowledge, this is the first study the authors are aware of that supported elementary students in exploring data literacy through network visualization. The authors discuss how network visualizations and locally/personally meaningful data provide opportunities for learning data literacy concepts across the curriculum.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2241705</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Emerald</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>