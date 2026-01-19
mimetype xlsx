--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2023-05-01T04:00:00Z</t>
   </si>
   <si>
     <t>International Journal of Molecular Sciences</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>9036</t>
   </si>
   <si>
     <t>1422-0067</t>
   </si>
   <si>
     <t>&lt;p&gt;Mitochondria contain connexins, a family of proteins that is known to form gap junction channels. Connexins are synthesized in the endoplasmic reticulum and oligomerized in the Golgi to form hemichannels. Hemichannels from adjacent cells dock with one another to form gap junction channels that aggregate into plaques and allow cell–cell communication. Cell–cell communication was once thought to be the only function of connexins and their gap junction channels. In the mitochondria, however, connexins have been identified as monomers and assembled into hemichannels, thus questioning their role solely as cell–cell communication channels. Accordingly, mitochondrial connexins have been suggested to play critical roles in the regulation of mitochondrial functions, including potassium fluxes and respiration. However, while much is known about plasma membrane gap junction channel connexins, the presence and function of mitochondrial connexins remain poorly understood. In this review, the presence and role of mitochondrial connexins and mitochondrial/connexin-containing structure contact sites will be discussed. An understanding of the significance of mitochondrial connexins and their connexin contact sites is essential to our knowledge of connexins’ functions in normal and pathological conditions, and this information may aid in the development of therapeutic interventions in diseases linked to mitochondria.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2011577</t>
+    <t>2011577; 2100832</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>MDPI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>