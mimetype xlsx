--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10503912</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3623509.3633350</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DanceBits 'It tells you to see us': Supporting Dance Practices with an Educational Computing Kit</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>DesPortes, Kayla; McDermott, Kathleen; Bergner, Yoav; Castro, Francisco Enrique; Musharrat, Sauda; Lunia, Aakruti</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-11T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference on Tangible, Embedded, and Embodied Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400704024</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Wearable electronics expand the ways learners can create with computing as they gain proficiency with programming and electronics. Dance is one domain where wearables can support creative, embodied practices in computing education. However, wearable electronics need to be small, durable, and easily integrated into clothing to meet the constraints of dance contexts. These features are challenging to achieve, especially when working with novices. We present DanceBits, a wearable prototyping kit for dance that was co-developed with a justice-oriented, computing and dance education organization. DanceBits’ plug-and-play system uses small PCBs with solderless connectors to support dancers in rapidly designing, building, and performing with electronic costumes. Our user studies exploring the system with dance instructors and youth participants show that DanceBits enabled fast development of wearables, offered users a breadth of expressivity through computational and choreographic choices, and empowered dancers to see wearables as a tool for developing their movement practices.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2241809</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Cork Ireland</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>