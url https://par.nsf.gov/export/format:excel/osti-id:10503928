--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,81 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10503928</t>
-[...8 lines deleted...]
-    <t>Bakirtas, Serhat; Erkip, Elza</t>
+    <t>10315357</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-01-01T05:00:00Z</t>
-[...8 lines deleted...]
-    <t>0018-9448</t>
+    <t>Environmental, User, and Social Context-Aware Augmented Reality for Supporting Personal Development and Change</t>
+  </si>
+  <si>
+    <t>Scargill, T.; Chen, Y.; Eom, S.; Dunn, J.; Gorlatova, M.</t>
+  </si>
+  <si>
+    <t>2022-03-13T05:00:00Z</t>
+  </si>
+  <si>
+    <t>IEEE Workshop for Building the Foundations of the Metaverse</t>
+  </si>
+  <si>
+    <t>Robust pervasive context-aware augmented reality (AR) has the potential to enable a range of applications that support users in reaching their personal and professional goals. In such applications, AR can be used to deliver richer, more immersive, and more timely just in time adaptive interventions (JITAI) than conventional mobile solutions, leading to more effective support of the user. This position paper defines a research agenda centered on improving AR applications' environmental, user, and social context awareness. Specifically, we argue for two key architectural approaches that will allow pushing AR context awareness to the next level: use of wearable and Internet of Things (IoT) devices as additional data streams that complement the data captured by the AR devices, and the development of edge computing-based mechanisms for enriching existing scene understanding and simultaneous localization and mapping (SLAM) algorithms. The paper outlines a collection of specific research directions in the development of such architectures and in the design of next-generation environmental, user, and social context awareness algorithms.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2148293</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>2046072; 1908051; 1903136</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -276,92 +270,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="M2" s="0"/>
-[...1 lines deleted...]
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="P2" t="s" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>