--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10503955</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3555759</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Understanding Instructors' Cultivation of Connectedness in K-12 Online Synchronous Culturally Responsive STEM and Computing Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Solyst, Jaemarie; Nkrumah, Tara; Stewart, Angela B.; Lee, Jina; Walker, Erin; Ogan, Amy</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>CSCW2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Culturally responsive STEM and computing initiatives aim to engage and embolden a diverse range of learners, center their identity and experiences in curriculum, and connect learners to each other and their communities. With an abrupt pivot to online learning at the beginning of 2020, more educational experiences have taken place virtually. We ran a virtual synchronous culturally responsive computing camp and saw that establishing the right environment online to support a good sense of connectedness was challenging. To investigate this further, we interviewed eight K-12 instructors of culturally responsive STEM and computing programs. Three themes emerged on defining and cultivating connectedness in learning experiences, the role of equity in supporting community online, and affordances of being online specific to culturally responsive perspectives. We support our thematic findings with vignettes from the camp data. In this study, we address K-12 culturally responsive STEM and computing instructors' beliefs, experiences, and approaches regarding cultivating connectedness online. This work fills a gap in understanding instructor perspectives on building in-program and broader community connections online from a culturally responsive STEM and computing lens.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1811086</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>