--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10503957</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3610213</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Potential of Diverse Youth as Stakeholders in Identifying and Mitigating Algorithmic Bias for a Future of Fairer AI</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Solyst, Jaemarie; Yang, Ellia; Xie, Shixian; Ogan, Amy; Hammer, Jessica; Eslami, Motahhare</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>CSCW2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 27</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Youth regularly use technology driven by artificial intelligence (AI). However, it is increasingly well-known that AI can cause harm on small and large scales, especially for those underrepresented in tech fields. Recently, users have played active roles in surfacing and mitigating harm from algorithmic bias. Despite being frequent users of AI, youth have been under-explored as potential contributors and stakeholders to the future of AI. We consider three notions that may be at the root of youth facing barriers to playing an active role in responsible AI, which are youth (1) cannot understand the technical aspects of AI, (2) cannot understand the ethical issues around AI, and (3) need protection from serious topics related to bias and injustice. In this study, we worked with youth (N = 30) in first through twelfth grade and parents (N = 6) to explore how youth can be part of identifying algorithmic bias and designing future systems to address problematic technology behavior. We found that youth are capable of identifying and articulating algorithmic bias, often in great detail. Participants suggested different ways users could give feedback for AI that reflects their values of diversity and inclusion. Youth who may have less experience with computing or exposure to societal structures can be supported by peers or adults with more of this knowledge, leading to critical conversations about fairer AI. This work illustrates youths' insights, suggesting that they should be integrated in building a future of responsible AI.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1811086</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>